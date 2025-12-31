--- v0 (2025-11-15)
+++ v1 (2025-12-31)
@@ -33,60 +33,60 @@
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15">
   <x:fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <x:workbookPr filterPrivacy="1" hidePivotFieldList="1" defaultThemeVersion="153222"/>
   <x:bookViews>
     <x:workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435" tabRatio="904"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Sumas por puerto base" sheetId="15" r:id="R67c8adec524248b4"/>
-[...1 lines deleted...]
-    <x:sheet name="Sumas por comunidad y modalidad" sheetId="17" r:id="R7ea7651cd9424acc"/>
+    <x:sheet name="Sumas por puerto base" sheetId="15" r:id="R0b08661186214b56"/>
+    <x:sheet name="Sumas por modalidad" sheetId="16" r:id="Rcb4a4e37c6b148ec"/>
+    <x:sheet name="Sumas por comunidad y modalidad" sheetId="17" r:id="Ree385f3318944a26"/>
     <x:sheet name="Distribución de potencia" sheetId="24" r:id="rId4"/>
     <x:sheet name="Potencia por comunidad" sheetId="22" r:id="rId5"/>
     <x:sheet name="Volumen por comunidad" sheetId="20" r:id="rId6"/>
     <x:sheet name="Potencia por provincia" sheetId="23" r:id="rId7"/>
     <x:sheet name="Volumen por provincia" sheetId="21" r:id="rId8"/>
-    <x:sheet name="Sumas por comunidad" sheetId="18" state="hidden" r:id="R09cea2afb3514aba"/>
-    <x:sheet name="Sumas por provincia" sheetId="19" state="hidden" r:id="Rcbd67b32d0a348c9"/>
+    <x:sheet name="Sumas por comunidad" sheetId="18" state="hidden" r:id="R41272067c0464cd1"/>
+    <x:sheet name="Sumas por provincia" sheetId="19" state="hidden" r:id="Rc3918db89ebf48ad"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="Aclaracion" localSheetId="8">'Sumas por comunidad'!$A$2</x:definedName>
     <x:definedName name="Aclaracion" localSheetId="2">'Sumas por comunidad y modalidad'!$A$2</x:definedName>
     <x:definedName name="Aclaracion" localSheetId="1">'Sumas por modalidad'!$A$2</x:definedName>
     <x:definedName name="Aclaracion" localSheetId="9">'Sumas por provincia'!$A$2</x:definedName>
     <x:definedName name="Aclaracion" localSheetId="0">'Sumas por puerto base'!$A$2</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="8">'Sumas por comunidad'!$C$5</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="2">'Sumas por comunidad y modalidad'!$D$5</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="1">'Sumas por modalidad'!$C$5</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="9">'Sumas por provincia'!$C$5</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="0">'Sumas por puerto base'!$E$5</x:definedName>
     <x:definedName name="Censo" localSheetId="2">'Sumas por comunidad y modalidad'!$B$5</x:definedName>
     <x:definedName name="Censo" localSheetId="1">'Sumas por modalidad'!$A$5</x:definedName>
     <x:definedName name="Comunidad" localSheetId="8">'Sumas por comunidad'!$A$5</x:definedName>
     <x:definedName name="Comunidad" localSheetId="2">'Sumas por comunidad y modalidad'!$A$5</x:definedName>
     <x:definedName name="Comunidad" localSheetId="0">'Sumas por puerto base'!$A$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="8">'Sumas por comunidad'!$B$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="2">'Sumas por comunidad y modalidad'!$C$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="1">'Sumas por modalidad'!$B$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="9">'Sumas por provincia'!$B$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="0">'Sumas por puerto base'!$D$5</x:definedName>
     <x:definedName name="PotenciaCV" localSheetId="8">'Sumas por comunidad'!$E$5</x:definedName>
     <x:definedName name="PotenciaCV" localSheetId="2">'Sumas por comunidad y modalidad'!$F$5</x:definedName>
     <x:definedName name="PotenciaCV" localSheetId="1">'Sumas por modalidad'!$E$5</x:definedName>
@@ -295,51 +295,51 @@
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Énfasis1" xfId="1" builtinId="29"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Texto explicativo" xfId="3" builtinId="53"/>
     <cellStyle name="Título 2" xfId="2" builtinId="17"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet5.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet4.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="R7ea7651cd9424acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="R82d2450ca7604352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R67c8adec524248b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Rcbd67b32d0a348c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R09cea2afb3514aba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet5.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet4.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="Ree385f3318944a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="Rcb4a4e37c6b148ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R0b08661186214b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Rc3918db89ebf48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R41272067c0464cd1" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
@@ -5517,265 +5517,265 @@
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="27.7109375" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="24.140625" bestFit="1" customWidth="1"/>
     <x:col min="3" max="3" width="27.7109375" bestFit="1" customWidth="1"/>
     <x:col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <x:col min="5" max="5" width="11.7109375" bestFit="1" customWidth="1"/>
     <x:col min="6" max="6" width="13.42578125" bestFit="1" customWidth="1"/>
     <x:col min="7" max="7" width="13" bestFit="1" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" s="6" customFormat="1" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
       <x:c r="F1" s="7"/>
       <x:c r="G1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:7" s="6" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="8" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/11/2025 15:19 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="8"/>
       <x:c r="C2" s="8"/>
       <x:c r="D2" s="8"/>
       <x:c r="E2" s="8"/>
       <x:c r="F2" s="8"/>
       <x:c r="G2" s="8"/>
     </x:row>
     <x:row r="3" spans="1:7" s="6" customFormat="1" x14ac:dyDescent="0.25"/>
     <x:row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
         <x:v>ANDALUCÍA</x:v>
       </x:c>
       <x:c r="B5" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C5" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>1399</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="E5" s="4" t="n">
-        <x:v>28458.54</x:v>
+        <x:v>28499.68</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>101015.76</x:v>
+        <x:v>101114.38</x:v>
       </x:c>
       <x:c r="G5" s="5" t="n">
-        <x:v>137354.3</x:v>
+        <x:v>137488.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A6" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B6" s="1" t="str">
         <x:v>ALMERÍA</x:v>
       </x:c>
       <x:c r="C6" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>6030.19</x:v>
+        <x:v>6054.93</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>18169.33</x:v>
+        <x:v>18281.65</x:v>
       </x:c>
       <x:c r="G6" s="5" t="n">
-        <x:v>24705.4</x:v>
+        <x:v>24858.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B7" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C7" s="1" t="str">
         <x:v>Adra</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>676.01</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
         <x:v>2927.75</x:v>
       </x:c>
       <x:c r="G7" s="5" t="n">
         <x:v>3981.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B8" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C8" s="1" t="str">
         <x:v>Almería</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2042.10</x:v>
+        <x:v>2084.25</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>6298.85</x:v>
+        <x:v>6462.67</x:v>
       </x:c>
       <x:c r="G8" s="5" t="n">
-        <x:v>8564.8</x:v>
+        <x:v>8787.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B9" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C9" s="1" t="str">
         <x:v>Carboneras</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>2219.14</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5517.86</x:v>
       </x:c>
       <x:c r="G9" s="5" t="n">
         <x:v>7502.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A10" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B10" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C10" s="1" t="str">
         <x:v>Garrucha</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>783.28</x:v>
+        <x:v>801.94</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2163.74</x:v>
+        <x:v>2215.21</x:v>
       </x:c>
       <x:c r="G10" s="5" t="n">
-        <x:v>2941.9</x:v>
+        <x:v>3011.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A11" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B11" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C11" s="1" t="str">
         <x:v>Roquetas De Mar</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>309.66</x:v>
+        <x:v>273.59</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1261.13</x:v>
+        <x:v>1158.16</x:v>
       </x:c>
       <x:c r="G11" s="5" t="n">
-        <x:v>1715.0</x:v>
+        <x:v>1575.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A12" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B12" s="1" t="str">
         <x:v>CÁDIZ</x:v>
       </x:c>
       <x:c r="C12" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5103.75</x:v>
+        <x:v>5100.65</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>24282.01</x:v>
+        <x:v>24239.36</x:v>
       </x:c>
       <x:c r="G12" s="5" t="n">
-        <x:v>33018.2</x:v>
+        <x:v>32960.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A13" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B13" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C13" s="1" t="str">
         <x:v>Algeciras</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>513.99</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
         <x:v>1831.31</x:v>
       </x:c>
       <x:c r="G13" s="5" t="n">
         <x:v>2490.1</x:v>
       </x:c>
     </x:row>
@@ -5837,60 +5837,60 @@
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>224.08</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
         <x:v>1574.36</x:v>
       </x:c>
       <x:c r="G16" s="5" t="n">
         <x:v>2141.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A17" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B17" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C17" s="1" t="str">
         <x:v>Conil</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>206.20</x:v>
+        <x:v>204.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1259.83</x:v>
+        <x:v>1236.30</x:v>
       </x:c>
       <x:c r="G17" s="5" t="n">
-        <x:v>1713.2</x:v>
+        <x:v>1681.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A18" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B18" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C18" s="1" t="str">
         <x:v>La Atunara</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>1.40</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
       <x:c r="G18" s="5" t="n">
         <x:v>15.0</x:v>
       </x:c>
     </x:row>
@@ -5998,60 +5998,60 @@
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>9.01</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>44.11</x:v>
       </x:c>
       <x:c r="G23" s="5" t="n">
         <x:v>60.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A24" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B24" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C24" s="1" t="str">
         <x:v>Sanlucar De Barrameda</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1657.73</x:v>
+        <x:v>1656.44</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>7652.16</x:v>
+        <x:v>7633.04</x:v>
       </x:c>
       <x:c r="G24" s="5" t="n">
-        <x:v>10405.1</x:v>
+        <x:v>10379.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A25" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B25" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C25" s="1" t="str">
         <x:v>Tarifa</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>367.38</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
         <x:v>2512.84</x:v>
       </x:c>
       <x:c r="G25" s="5" t="n">
         <x:v>3417.3</x:v>
       </x:c>
     </x:row>
@@ -6096,54 +6096,54 @@
       </x:c>
       <x:c r="F27" s="4" t="n">
         <x:v>2832.94</x:v>
       </x:c>
       <x:c r="G27" s="5" t="n">
         <x:v>3852.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A28" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B28" s="1" t="str">
         <x:v>HUELVA</x:v>
       </x:c>
       <x:c r="C28" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>13032.76</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>42930.38</x:v>
+        <x:v>42929.80</x:v>
       </x:c>
       <x:c r="G28" s="5" t="n">
-        <x:v>58372.1</x:v>
+        <x:v>58371.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A29" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B29" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C29" s="1" t="str">
         <x:v>Ayamonte</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1231.83</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
         <x:v>4567.53</x:v>
       </x:c>
       <x:c r="G29" s="5" t="n">
         <x:v>6210.5</x:v>
       </x:c>
     </x:row>
@@ -6159,60 +6159,60 @@
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>5947.77</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
         <x:v>11478.68</x:v>
       </x:c>
       <x:c r="G30" s="5" t="n">
         <x:v>15607.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A31" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B31" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C31" s="1" t="str">
         <x:v>Isla Cristina</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
-        <x:v>183</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>3428.63</x:v>
+        <x:v>3426.25</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>15348.50</x:v>
+        <x:v>15324.47</x:v>
       </x:c>
       <x:c r="G31" s="5" t="n">
-        <x:v>20869.3</x:v>
+        <x:v>20836.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A32" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B32" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C32" s="1" t="str">
         <x:v>Lepe</x:v>
       </x:c>
       <x:c r="D32" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>926.22</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
         <x:v>3536.28</x:v>
       </x:c>
       <x:c r="G32" s="5" t="n">
         <x:v>4808.2</x:v>
       </x:c>
     </x:row>
@@ -6228,106 +6228,106 @@
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>5.38</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>95.46</x:v>
       </x:c>
       <x:c r="G33" s="5" t="n">
         <x:v>129.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A34" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B34" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C34" s="1" t="str">
         <x:v>Punta Umbria</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1492.93</x:v>
+        <x:v>1495.31</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>7903.93</x:v>
+        <x:v>7927.38</x:v>
       </x:c>
       <x:c r="G34" s="5" t="n">
-        <x:v>10747.3</x:v>
+        <x:v>10779.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A35" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B35" s="1" t="str">
         <x:v>MÁLAGA</x:v>
       </x:c>
       <x:c r="C35" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D35" s="3" t="n">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>3284.67</x:v>
+        <x:v>3304.17</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>12801.10</x:v>
+        <x:v>12830.63</x:v>
       </x:c>
       <x:c r="G35" s="5" t="n">
-        <x:v>17406.6</x:v>
+        <x:v>17446.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A36" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B36" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C36" s="1" t="str">
         <x:v>Estepona</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>659.87</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>2547.17</x:v>
+        <x:v>2539.79</x:v>
       </x:c>
       <x:c r="G36" s="5" t="n">
-        <x:v>3463.7</x:v>
+        <x:v>3453.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A37" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B37" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C37" s="1" t="str">
         <x:v>Fuengirola</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>457.84</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
         <x:v>1831.55</x:v>
       </x:c>
       <x:c r="G37" s="5" t="n">
         <x:v>2490.7</x:v>
       </x:c>
     </x:row>
@@ -6366,100 +6366,100 @@
       </x:c>
       <x:c r="D39" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>406.74</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
         <x:v>1894.09</x:v>
       </x:c>
       <x:c r="G39" s="5" t="n">
         <x:v>2575.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A40" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B40" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C40" s="1" t="str">
         <x:v>Velez-Malaga</x:v>
       </x:c>
       <x:c r="D40" s="3" t="n">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>1705.88</x:v>
+        <x:v>1725.38</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>6136.39</x:v>
+        <x:v>6173.30</x:v>
       </x:c>
       <x:c r="G40" s="5" t="n">
-        <x:v>8343.6</x:v>
+        <x:v>8393.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A41" s="1" t="str">
         <x:v>CANARIAS</x:v>
       </x:c>
       <x:c r="B41" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C41" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D41" s="3" t="n">
         <x:v>710</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>17172.72</x:v>
+        <x:v>17172.03</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
         <x:v>42691.99</x:v>
       </x:c>
       <x:c r="G41" s="5" t="n">
         <x:v>58049.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A42" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B42" s="1" t="str">
         <x:v>LAS PALMAS</x:v>
       </x:c>
       <x:c r="C42" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D42" s="3" t="n">
         <x:v>389</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>14907.08</x:v>
+        <x:v>14906.51</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
         <x:v>30937.96</x:v>
       </x:c>
       <x:c r="G42" s="5" t="n">
         <x:v>42066.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A43" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B43" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C43" s="1" t="str">
         <x:v>Agaete</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>61.23</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
@@ -6481,60 +6481,60 @@
       </x:c>
       <x:c r="D44" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
         <x:v>395.32</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
         <x:v>1949.27</x:v>
       </x:c>
       <x:c r="G44" s="5" t="n">
         <x:v>2650.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A45" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B45" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C45" s="1" t="str">
         <x:v>Arrecife de Lanzarote</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>1317.65</x:v>
+        <x:v>1311.08</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>4457.36</x:v>
+        <x:v>4408.08</x:v>
       </x:c>
       <x:c r="G45" s="5" t="n">
-        <x:v>6060.7</x:v>
+        <x:v>5993.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A46" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B46" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C46" s="1" t="str">
         <x:v>Caleta del Sebo, La Graciosa</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
         <x:v>162.87</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
         <x:v>1181.35</x:v>
       </x:c>
       <x:c r="G46" s="5" t="n">
         <x:v>1606.5</x:v>
       </x:c>
     </x:row>
@@ -6550,60 +6550,60 @@
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>36.33</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
         <x:v>392.90</x:v>
       </x:c>
       <x:c r="G47" s="5" t="n">
         <x:v>534.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A48" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B48" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C48" s="1" t="str">
         <x:v>Corralejo</x:v>
       </x:c>
       <x:c r="D48" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>58.95</x:v>
+        <x:v>66.43</x:v>
       </x:c>
       <x:c r="F48" s="4" t="n">
-        <x:v>643.73</x:v>
+        <x:v>710.66</x:v>
       </x:c>
       <x:c r="G48" s="5" t="n">
-        <x:v>875.4</x:v>
+        <x:v>966.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A49" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B49" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C49" s="1" t="str">
         <x:v>El Cotillo</x:v>
       </x:c>
       <x:c r="D49" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>6.19</x:v>
       </x:c>
       <x:c r="F49" s="4" t="n">
         <x:v>73.53</x:v>
       </x:c>
       <x:c r="G49" s="5" t="n">
         <x:v>100.0</x:v>
       </x:c>
     </x:row>
@@ -6665,60 +6665,60 @@
       </x:c>
       <x:c r="D52" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
         <x:v>12195.80</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
         <x:v>16714.86</x:v>
       </x:c>
       <x:c r="G52" s="5" t="n">
         <x:v>22726.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A53" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B53" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C53" s="1" t="str">
         <x:v>Mogán</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>107.38</x:v>
+        <x:v>105.90</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
-        <x:v>697.16</x:v>
+        <x:v>679.51</x:v>
       </x:c>
       <x:c r="G53" s="5" t="n">
-        <x:v>948.0</x:v>
+        <x:v>924.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A54" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B54" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C54" s="1" t="str">
         <x:v>Morro Jable</x:v>
       </x:c>
       <x:c r="D54" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
         <x:v>74.31</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
         <x:v>628.31</x:v>
       </x:c>
       <x:c r="G54" s="5" t="n">
         <x:v>854.5</x:v>
       </x:c>
     </x:row>
@@ -6852,51 +6852,51 @@
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>40.92</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
         <x:v>383.24</x:v>
       </x:c>
       <x:c r="G60" s="5" t="n">
         <x:v>521.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A61" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B61" s="1" t="str">
         <x:v>SANTA CRUZ DE TENERIFE</x:v>
       </x:c>
       <x:c r="C61" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D61" s="3" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>2265.64</x:v>
+        <x:v>2265.52</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
         <x:v>11754.03</x:v>
       </x:c>
       <x:c r="G61" s="5" t="n">
         <x:v>15982.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A62" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B62" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C62" s="1" t="str">
         <x:v>Candelaria</x:v>
       </x:c>
       <x:c r="D62" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>32.71</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
@@ -6918,60 +6918,60 @@
       </x:c>
       <x:c r="D63" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
         <x:v>13.67</x:v>
       </x:c>
       <x:c r="F63" s="4" t="n">
         <x:v>150.08</x:v>
       </x:c>
       <x:c r="G63" s="5" t="n">
         <x:v>204.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A64" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B64" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C64" s="1" t="str">
         <x:v>Garachico</x:v>
       </x:c>
       <x:c r="D64" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>48.88</x:v>
+        <x:v>51.31</x:v>
       </x:c>
       <x:c r="F64" s="4" t="n">
-        <x:v>515.60</x:v>
+        <x:v>549.15</x:v>
       </x:c>
       <x:c r="G64" s="5" t="n">
-        <x:v>701.0</x:v>
+        <x:v>746.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A65" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B65" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C65" s="1" t="str">
         <x:v>La Estaca</x:v>
       </x:c>
       <x:c r="D65" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>10.56</x:v>
       </x:c>
       <x:c r="F65" s="4" t="n">
         <x:v>150.57</x:v>
       </x:c>
       <x:c r="G65" s="5" t="n">
         <x:v>204.8</x:v>
       </x:c>
     </x:row>
@@ -7102,60 +7102,60 @@
       </x:c>
       <x:c r="D71" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>125.97</x:v>
       </x:c>
       <x:c r="F71" s="4" t="n">
         <x:v>700.49</x:v>
       </x:c>
       <x:c r="G71" s="5" t="n">
         <x:v>952.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A72" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B72" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C72" s="1" t="str">
         <x:v>Playa San Marcos</x:v>
       </x:c>
       <x:c r="D72" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="F72" s="4" t="n">
-        <x:v>68.33</x:v>
+        <x:v>34.78</x:v>
       </x:c>
       <x:c r="G72" s="5" t="n">
-        <x:v>92.9</x:v>
+        <x:v>47.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A73" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B73" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C73" s="1" t="str">
         <x:v>Puerto de la Cruz</x:v>
       </x:c>
       <x:c r="D73" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>23.62</x:v>
       </x:c>
       <x:c r="F73" s="4" t="n">
         <x:v>177.15</x:v>
       </x:c>
       <x:c r="G73" s="5" t="n">
         <x:v>240.9</x:v>
       </x:c>
     </x:row>
@@ -7289,51 +7289,51 @@
       </x:c>
       <x:c r="E79" s="4" t="n">
         <x:v>120.90</x:v>
       </x:c>
       <x:c r="F79" s="4" t="n">
         <x:v>1000.20</x:v>
       </x:c>
       <x:c r="G79" s="5" t="n">
         <x:v>1360.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A80" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B80" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C80" s="1" t="str">
         <x:v>Valle Gran Rey</x:v>
       </x:c>
       <x:c r="D80" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>187.99</x:v>
+        <x:v>187.87</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
         <x:v>804.44</x:v>
       </x:c>
       <x:c r="G80" s="5" t="n">
         <x:v>1093.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A81" s="1" t="str">
         <x:v>CANTABRIA</x:v>
       </x:c>
       <x:c r="B81" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C81" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D81" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
         <x:v>6545.67</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
@@ -7378,60 +7378,60 @@
       </x:c>
       <x:c r="D83" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
         <x:v>72.92</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
         <x:v>534.58</x:v>
       </x:c>
       <x:c r="G83" s="5" t="n">
         <x:v>727.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A84" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B84" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C84" s="1" t="str">
         <x:v>Colindres</x:v>
       </x:c>
       <x:c r="D84" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
-        <x:v>1406.15</x:v>
+        <x:v>1391.02</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
-        <x:v>3118.20</x:v>
+        <x:v>3046.14</x:v>
       </x:c>
       <x:c r="G84" s="5" t="n">
-        <x:v>4239.6</x:v>
+        <x:v>4141.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A85" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B85" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C85" s="1" t="str">
         <x:v>Comillas</x:v>
       </x:c>
       <x:c r="D85" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
         <x:v>69.21</x:v>
       </x:c>
       <x:c r="F85" s="4" t="n">
         <x:v>247.06</x:v>
       </x:c>
       <x:c r="G85" s="5" t="n">
         <x:v>336.0</x:v>
       </x:c>
     </x:row>
@@ -7493,129 +7493,129 @@
       </x:c>
       <x:c r="D88" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
         <x:v>1352.86</x:v>
       </x:c>
       <x:c r="F88" s="4" t="n">
         <x:v>3394.51</x:v>
       </x:c>
       <x:c r="G88" s="5" t="n">
         <x:v>4615.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A89" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B89" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C89" s="1" t="str">
         <x:v>Santoña</x:v>
       </x:c>
       <x:c r="D89" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
-        <x:v>1700.54</x:v>
+        <x:v>1715.67</x:v>
       </x:c>
       <x:c r="F89" s="4" t="n">
-        <x:v>4697.87</x:v>
+        <x:v>4769.93</x:v>
       </x:c>
       <x:c r="G89" s="5" t="n">
-        <x:v>6387.5</x:v>
+        <x:v>6485.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A90" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B90" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C90" s="1" t="str">
         <x:v>Suances</x:v>
       </x:c>
       <x:c r="D90" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>171.13</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
         <x:v>681.70</x:v>
       </x:c>
       <x:c r="G90" s="5" t="n">
         <x:v>926.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A91" s="1" t="str">
         <x:v>CATALUÑA</x:v>
       </x:c>
       <x:c r="B91" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C91" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D91" s="3" t="n">
-        <x:v>580</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
-        <x:v>15277.84</x:v>
+        <x:v>15174.53</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>70050.06</x:v>
+        <x:v>69605.25</x:v>
       </x:c>
       <x:c r="G91" s="5" t="n">
-        <x:v>95246.3</x:v>
+        <x:v>94641.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A92" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B92" s="1" t="str">
         <x:v>BARCELONA</x:v>
       </x:c>
       <x:c r="C92" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D92" s="3" t="n">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
-        <x:v>3662.72</x:v>
+        <x:v>3574.32</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
-        <x:v>16106.79</x:v>
+        <x:v>15708.85</x:v>
       </x:c>
       <x:c r="G92" s="5" t="n">
-        <x:v>21900.2</x:v>
+        <x:v>21359.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A93" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B93" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C93" s="1" t="str">
         <x:v>Arenys de Mar</x:v>
       </x:c>
       <x:c r="D93" s="3" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>891.74</x:v>
       </x:c>
       <x:c r="F93" s="4" t="n">
         <x:v>4063.93</x:v>
       </x:c>
       <x:c r="G93" s="5" t="n">
         <x:v>5525.7</x:v>
       </x:c>
     </x:row>
@@ -7631,106 +7631,106 @@
       </x:c>
       <x:c r="D94" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>17.83</x:v>
       </x:c>
       <x:c r="F94" s="4" t="n">
         <x:v>193.42</x:v>
       </x:c>
       <x:c r="G94" s="5" t="n">
         <x:v>263.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A95" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B95" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C95" s="1" t="str">
         <x:v>Barcelona</x:v>
       </x:c>
       <x:c r="D95" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
-        <x:v>1460.19</x:v>
+        <x:v>1367.51</x:v>
       </x:c>
       <x:c r="F95" s="4" t="n">
-        <x:v>5905.58</x:v>
+        <x:v>5434.11</x:v>
       </x:c>
       <x:c r="G95" s="5" t="n">
-        <x:v>8029.5</x:v>
+        <x:v>7388.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A96" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B96" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C96" s="1" t="str">
         <x:v>El Masnou</x:v>
       </x:c>
       <x:c r="D96" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
         <x:v>9.80</x:v>
       </x:c>
       <x:c r="F96" s="4" t="n">
         <x:v>129.06</x:v>
       </x:c>
       <x:c r="G96" s="5" t="n">
         <x:v>175.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A97" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B97" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C97" s="1" t="str">
         <x:v>Mataró</x:v>
       </x:c>
       <x:c r="D97" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
-        <x:v>18.50</x:v>
+        <x:v>22.78</x:v>
       </x:c>
       <x:c r="F97" s="4" t="n">
-        <x:v>177.16</x:v>
+        <x:v>250.69</x:v>
       </x:c>
       <x:c r="G97" s="5" t="n">
-        <x:v>240.9</x:v>
+        <x:v>340.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A98" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B98" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C98" s="1" t="str">
         <x:v>Sitges</x:v>
       </x:c>
       <x:c r="D98" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E98" s="4" t="n">
         <x:v>7.42</x:v>
       </x:c>
       <x:c r="F98" s="4" t="n">
         <x:v>83.82</x:v>
       </x:c>
       <x:c r="G98" s="5" t="n">
         <x:v>114.0</x:v>
       </x:c>
     </x:row>
@@ -7749,80 +7749,80 @@
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>1257.24</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
         <x:v>5553.82</x:v>
       </x:c>
       <x:c r="G99" s="5" t="n">
         <x:v>7551.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A100" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B100" s="1" t="str">
         <x:v>GIRONA</x:v>
       </x:c>
       <x:c r="C100" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D100" s="3" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>5170.44</x:v>
+        <x:v>5190.18</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>22619.83</x:v>
+        <x:v>22679.39</x:v>
       </x:c>
       <x:c r="G100" s="5" t="n">
-        <x:v>30755.9</x:v>
+        <x:v>30836.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A101" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B101" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C101" s="1" t="str">
         <x:v>Blanes</x:v>
       </x:c>
       <x:c r="D101" s="3" t="n">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
-        <x:v>1246.22</x:v>
+        <x:v>1241.94</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>5594.57</x:v>
+        <x:v>5521.04</x:v>
       </x:c>
       <x:c r="G101" s="5" t="n">
-        <x:v>7606.9</x:v>
+        <x:v>7506.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A102" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B102" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C102" s="1" t="str">
         <x:v>Cadaques</x:v>
       </x:c>
       <x:c r="D102" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>4.71</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
         <x:v>71.49</x:v>
       </x:c>
       <x:c r="G102" s="5" t="n">
         <x:v>97.2</x:v>
       </x:c>
     </x:row>
@@ -7953,106 +7953,106 @@
       </x:c>
       <x:c r="D108" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>311.85</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
         <x:v>1119.26</x:v>
       </x:c>
       <x:c r="G108" s="5" t="n">
         <x:v>1521.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A109" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B109" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C109" s="1" t="str">
         <x:v>Rosas</x:v>
       </x:c>
       <x:c r="D109" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E109" s="4" t="n">
-        <x:v>1381.44</x:v>
+        <x:v>1405.46</x:v>
       </x:c>
       <x:c r="F109" s="4" t="n">
-        <x:v>5286.68</x:v>
+        <x:v>5419.77</x:v>
       </x:c>
       <x:c r="G109" s="5" t="n">
-        <x:v>7188.1</x:v>
+        <x:v>7369.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A110" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B110" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C110" s="1" t="str">
         <x:v>San Feliu De Guixols</x:v>
       </x:c>
       <x:c r="D110" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>133.43</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
         <x:v>820.37</x:v>
       </x:c>
       <x:c r="G110" s="5" t="n">
         <x:v>1115.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A111" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B111" s="1" t="str">
         <x:v>TARRAGONA</x:v>
       </x:c>
       <x:c r="C111" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D111" s="3" t="n">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
-        <x:v>6444.68</x:v>
+        <x:v>6410.03</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>31323.44</x:v>
+        <x:v>31217.01</x:v>
       </x:c>
       <x:c r="G111" s="5" t="n">
-        <x:v>42590.2</x:v>
+        <x:v>42445.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A112" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B112" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C112" s="1" t="str">
         <x:v>Ampolla</x:v>
       </x:c>
       <x:c r="D112" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>49.17</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
         <x:v>441.63</x:v>
       </x:c>
       <x:c r="G112" s="5" t="n">
         <x:v>600.5</x:v>
       </x:c>
     </x:row>
@@ -8068,172 +8068,172 @@
       </x:c>
       <x:c r="D113" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E113" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
       <x:c r="F113" s="4" t="n">
         <x:v>99.26</x:v>
       </x:c>
       <x:c r="G113" s="5" t="n">
         <x:v>135.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A114" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B114" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C114" s="1" t="str">
         <x:v>Cambrils</x:v>
       </x:c>
       <x:c r="D114" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E114" s="4" t="n">
-        <x:v>611.30</x:v>
+        <x:v>509.23</x:v>
       </x:c>
       <x:c r="F114" s="4" t="n">
-        <x:v>2879.35</x:v>
+        <x:v>2460.23</x:v>
       </x:c>
       <x:c r="G114" s="5" t="n">
-        <x:v>3915.0</x:v>
+        <x:v>3345.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A115" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B115" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C115" s="1" t="str">
         <x:v>Casas de Alcanar</x:v>
       </x:c>
       <x:c r="D115" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>186.92</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
         <x:v>843.37</x:v>
       </x:c>
       <x:c r="G115" s="5" t="n">
         <x:v>1146.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A116" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B116" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C116" s="1" t="str">
         <x:v>Deltebre</x:v>
       </x:c>
       <x:c r="D116" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
-        <x:v>78.39</x:v>
+        <x:v>79.63</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>759.57</x:v>
+        <x:v>776.70</x:v>
       </x:c>
       <x:c r="G116" s="5" t="n">
-        <x:v>1032.9</x:v>
+        <x:v>1056.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A117" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B117" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C117" s="1" t="str">
         <x:v>La Ametlla De Mar</x:v>
       </x:c>
       <x:c r="D117" s="3" t="n">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
-        <x:v>2251.23</x:v>
+        <x:v>2334.64</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>12716.59</x:v>
+        <x:v>13084.23</x:v>
       </x:c>
       <x:c r="G117" s="5" t="n">
-        <x:v>17290.1</x:v>
+        <x:v>17790.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A118" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B118" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C118" s="1" t="str">
         <x:v>San Carlos de la Rápita</x:v>
       </x:c>
       <x:c r="D118" s="3" t="n">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
-        <x:v>1761.37</x:v>
+        <x:v>1744.14</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
-        <x:v>7635.83</x:v>
+        <x:v>7563.77</x:v>
       </x:c>
       <x:c r="G118" s="5" t="n">
-        <x:v>10382.8</x:v>
+        <x:v>10284.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A119" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B119" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C119" s="1" t="str">
         <x:v>Tarragona</x:v>
       </x:c>
       <x:c r="D119" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E119" s="4" t="n">
         <x:v>1454.21</x:v>
       </x:c>
       <x:c r="F119" s="4" t="n">
-        <x:v>5751.73</x:v>
+        <x:v>5751.71</x:v>
       </x:c>
       <x:c r="G119" s="5" t="n">
         <x:v>7820.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A120" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B120" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C120" s="1" t="str">
         <x:v>Torredembarra</x:v>
       </x:c>
       <x:c r="D120" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>41.68</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
         <x:v>196.11</x:v>
       </x:c>
       <x:c r="G120" s="5" t="n">
@@ -8298,172 +8298,172 @@
       </x:c>
       <x:c r="D123" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
         <x:v>44.20</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
         <x:v>360.99</x:v>
       </x:c>
       <x:c r="G123" s="5" t="n">
         <x:v>490.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A124" s="1" t="str">
         <x:v>COMUNITAT VALENCIANA</x:v>
       </x:c>
       <x:c r="B124" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C124" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D124" s="3" t="n">
-        <x:v>463</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
-        <x:v>16842.46</x:v>
+        <x:v>16717.13</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>59174.61</x:v>
+        <x:v>58720.94</x:v>
       </x:c>
       <x:c r="G124" s="5" t="n">
-        <x:v>80459.5</x:v>
+        <x:v>79842.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A125" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B125" s="1" t="str">
         <x:v>ALICANTE/ALACANT</x:v>
       </x:c>
       <x:c r="C125" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D125" s="3" t="n">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>9985.50</x:v>
+        <x:v>9871.49</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>32860.43</x:v>
+        <x:v>32470.73</x:v>
       </x:c>
       <x:c r="G125" s="5" t="n">
-        <x:v>44679.5</x:v>
+        <x:v>44149.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A126" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B126" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C126" s="1" t="str">
         <x:v>Alicante</x:v>
       </x:c>
       <x:c r="D126" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
         <x:v>78.67</x:v>
       </x:c>
       <x:c r="G126" s="5" t="n">
         <x:v>107.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A127" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B127" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C127" s="1" t="str">
         <x:v>Altea</x:v>
       </x:c>
       <x:c r="D127" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E127" s="4" t="n">
-        <x:v>1217.66</x:v>
+        <x:v>1218.63</x:v>
       </x:c>
       <x:c r="F127" s="4" t="n">
         <x:v>3435.03</x:v>
       </x:c>
       <x:c r="G127" s="5" t="n">
         <x:v>4670.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A128" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B128" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C128" s="1" t="str">
         <x:v>Benidorm</x:v>
       </x:c>
       <x:c r="D128" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E128" s="4" t="n">
         <x:v>12.06</x:v>
       </x:c>
       <x:c r="F128" s="4" t="n">
         <x:v>94.12</x:v>
       </x:c>
       <x:c r="G128" s="5" t="n">
         <x:v>128.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A129" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B129" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C129" s="1" t="str">
         <x:v>Calpe</x:v>
       </x:c>
       <x:c r="D129" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E129" s="4" t="n">
         <x:v>811.17</x:v>
       </x:c>
       <x:c r="F129" s="4" t="n">
-        <x:v>2589.56</x:v>
+        <x:v>2589.57</x:v>
       </x:c>
       <x:c r="G129" s="5" t="n">
         <x:v>3520.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A130" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B130" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C130" s="1" t="str">
         <x:v>Campello</x:v>
       </x:c>
       <x:c r="D130" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E130" s="4" t="n">
         <x:v>29.61</x:v>
       </x:c>
       <x:c r="F130" s="4" t="n">
         <x:v>251.42</x:v>
       </x:c>
       <x:c r="G130" s="5" t="n">
@@ -8574,129 +8574,129 @@
       </x:c>
       <x:c r="D135" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>11.16</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
         <x:v>80.88</x:v>
       </x:c>
       <x:c r="G135" s="5" t="n">
         <x:v>110.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A136" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B136" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C136" s="1" t="str">
         <x:v>Santa Pola</x:v>
       </x:c>
       <x:c r="D136" s="3" t="n">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>3853.45</x:v>
+        <x:v>3770.37</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>11519.78</x:v>
+        <x:v>11207.28</x:v>
       </x:c>
       <x:c r="G136" s="5" t="n">
-        <x:v>15663.3</x:v>
+        <x:v>15238.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A137" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B137" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C137" s="1" t="str">
         <x:v>Torrevieja</x:v>
       </x:c>
       <x:c r="D137" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>117.19</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
         <x:v>624.06</x:v>
       </x:c>
       <x:c r="G137" s="5" t="n">
         <x:v>848.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A138" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B138" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C138" s="1" t="str">
         <x:v>Villajoyosa</x:v>
       </x:c>
       <x:c r="D138" s="3" t="n">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
-        <x:v>2181.54</x:v>
+        <x:v>2149.64</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
-        <x:v>7391.97</x:v>
+        <x:v>7314.76</x:v>
       </x:c>
       <x:c r="G138" s="5" t="n">
-        <x:v>10050.7</x:v>
+        <x:v>9945.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A139" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B139" s="1" t="str">
         <x:v>CASTELLÓN/CASTELLÓ</x:v>
       </x:c>
       <x:c r="C139" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D139" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
-        <x:v>5318.20</x:v>
+        <x:v>5306.88</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>19553.63</x:v>
+        <x:v>19489.66</x:v>
       </x:c>
       <x:c r="G139" s="5" t="n">
-        <x:v>26587.3</x:v>
+        <x:v>26500.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A140" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B140" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C140" s="1" t="str">
         <x:v>Benicarlo</x:v>
       </x:c>
       <x:c r="D140" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>864.62</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
         <x:v>2705.17</x:v>
       </x:c>
       <x:c r="G140" s="5" t="n">
         <x:v>3678.3</x:v>
       </x:c>
     </x:row>
@@ -8758,60 +8758,60 @@
       </x:c>
       <x:c r="D143" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>866.20</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
         <x:v>3393.83</x:v>
       </x:c>
       <x:c r="G143" s="5" t="n">
         <x:v>4614.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A144" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B144" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C144" s="1" t="str">
         <x:v>Vinaroz</x:v>
       </x:c>
       <x:c r="D144" s="3" t="n">
-        <x:v>23</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
-        <x:v>636.22</x:v>
+        <x:v>624.90</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>2862.38</x:v>
+        <x:v>2798.41</x:v>
       </x:c>
       <x:c r="G144" s="5" t="n">
-        <x:v>3892.1</x:v>
+        <x:v>3805.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A145" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B145" s="1" t="str">
         <x:v>VALENCIA/VALÈNCIA</x:v>
       </x:c>
       <x:c r="C145" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D145" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
         <x:v>1538.76</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
         <x:v>6760.55</x:v>
       </x:c>
       <x:c r="G145" s="5" t="n">
         <x:v>9192.7</x:v>
       </x:c>
     </x:row>
@@ -8896,221 +8896,221 @@
       </x:c>
       <x:c r="D149" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>336.83</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
         <x:v>1430.46</x:v>
       </x:c>
       <x:c r="G149" s="5" t="n">
         <x:v>1945.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A150" s="1" t="str">
         <x:v>GALICIA</x:v>
       </x:c>
       <x:c r="B150" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C150" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D150" s="3" t="n">
-        <x:v>4133</x:v>
+        <x:v>4125</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
-        <x:v>131303.26</x:v>
+        <x:v>130636.21</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>271629.34</x:v>
+        <x:v>270890.47</x:v>
       </x:c>
       <x:c r="G150" s="5" t="n">
-        <x:v>369341.5</x:v>
+        <x:v>368336.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A151" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B151" s="1" t="str">
         <x:v>A CORUÑA</x:v>
       </x:c>
       <x:c r="C151" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D151" s="3" t="n">
-        <x:v>2145</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
-        <x:v>29006.66</x:v>
+        <x:v>28979.89</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>94253.82</x:v>
+        <x:v>94147.35</x:v>
       </x:c>
       <x:c r="G151" s="5" t="n">
-        <x:v>128164.4</x:v>
+        <x:v>128019.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A152" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B152" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C152" s="1" t="str">
         <x:v>Ares</x:v>
       </x:c>
       <x:c r="D152" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>252.17</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
         <x:v>710.27</x:v>
       </x:c>
       <x:c r="G152" s="5" t="n">
         <x:v>965.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A153" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B153" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C153" s="1" t="str">
         <x:v>Barallobre</x:v>
       </x:c>
       <x:c r="D153" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E153" s="4" t="n">
-        <x:v>44.68</x:v>
+        <x:v>44.02</x:v>
       </x:c>
       <x:c r="F153" s="4" t="n">
-        <x:v>586.30</x:v>
+        <x:v>571.59</x:v>
       </x:c>
       <x:c r="G153" s="5" t="n">
-        <x:v>797.4</x:v>
+        <x:v>777.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A154" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B154" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C154" s="1" t="str">
         <x:v>Cabo de Cruz - Boiro</x:v>
       </x:c>
       <x:c r="D154" s="3" t="n">
         <x:v>90</x:v>
       </x:c>
       <x:c r="E154" s="4" t="n">
         <x:v>94.27</x:v>
       </x:c>
       <x:c r="F154" s="4" t="n">
         <x:v>1719.24</x:v>
       </x:c>
       <x:c r="G154" s="5" t="n">
         <x:v>2338.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A155" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B155" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C155" s="1" t="str">
         <x:v>Camariñas</x:v>
       </x:c>
       <x:c r="D155" s="3" t="n">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E155" s="4" t="n">
-        <x:v>1321.39</x:v>
+        <x:v>1330.37</x:v>
       </x:c>
       <x:c r="F155" s="4" t="n">
-        <x:v>4907.41</x:v>
+        <x:v>4944.17</x:v>
       </x:c>
       <x:c r="G155" s="5" t="n">
-        <x:v>6672.7</x:v>
+        <x:v>6722.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A156" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B156" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C156" s="1" t="str">
         <x:v>Camelle</x:v>
       </x:c>
       <x:c r="D156" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E156" s="4" t="n">
-        <x:v>103.61</x:v>
+        <x:v>101.48</x:v>
       </x:c>
       <x:c r="F156" s="4" t="n">
-        <x:v>1032.47</x:v>
+        <x:v>1014.09</x:v>
       </x:c>
       <x:c r="G156" s="5" t="n">
-        <x:v>1404.1</x:v>
+        <x:v>1379.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A157" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B157" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C157" s="1" t="str">
         <x:v>Cariño</x:v>
       </x:c>
       <x:c r="D157" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E157" s="4" t="n">
-        <x:v>291.92</x:v>
+        <x:v>291.18</x:v>
       </x:c>
       <x:c r="F157" s="4" t="n">
-        <x:v>1110.44</x:v>
+        <x:v>1105.29</x:v>
       </x:c>
       <x:c r="G157" s="5" t="n">
-        <x:v>1510.0</x:v>
+        <x:v>1503.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A158" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B158" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C158" s="1" t="str">
         <x:v>Carreira-Aguiño</x:v>
       </x:c>
       <x:c r="D158" s="3" t="n">
         <x:v>104</x:v>
       </x:c>
       <x:c r="E158" s="4" t="n">
         <x:v>428.37</x:v>
       </x:c>
       <x:c r="F158" s="4" t="n">
         <x:v>3576.90</x:v>
       </x:c>
       <x:c r="G158" s="5" t="n">
         <x:v>4864.3</x:v>
       </x:c>
     </x:row>
@@ -9132,100 +9132,100 @@
       </x:c>
       <x:c r="F159" s="4" t="n">
         <x:v>98.53</x:v>
       </x:c>
       <x:c r="G159" s="5" t="n">
         <x:v>134.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A160" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B160" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C160" s="1" t="str">
         <x:v>Cedeira</x:v>
       </x:c>
       <x:c r="D160" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>1139.83</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
-        <x:v>3494.78</x:v>
+        <x:v>3626.97</x:v>
       </x:c>
       <x:c r="G160" s="5" t="n">
-        <x:v>4752.3</x:v>
+        <x:v>4932.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A161" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B161" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C161" s="1" t="str">
         <x:v>Corcubión</x:v>
       </x:c>
       <x:c r="D161" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
         <x:v>192.11</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
         <x:v>936.08</x:v>
       </x:c>
       <x:c r="G161" s="5" t="n">
         <x:v>1272.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A162" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B162" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C162" s="1" t="str">
         <x:v>Corme</x:v>
       </x:c>
       <x:c r="D162" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
-        <x:v>151.53</x:v>
+        <x:v>153.09</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
-        <x:v>758.87</x:v>
+        <x:v>777.25</x:v>
       </x:c>
       <x:c r="G162" s="5" t="n">
-        <x:v>1031.9</x:v>
+        <x:v>1056.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A163" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B163" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C163" s="1" t="str">
         <x:v>Corrubedo</x:v>
       </x:c>
       <x:c r="D163" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E163" s="4" t="n">
         <x:v>18.65</x:v>
       </x:c>
       <x:c r="F163" s="4" t="n">
         <x:v>226.47</x:v>
       </x:c>
       <x:c r="G163" s="5" t="n">
         <x:v>308.0</x:v>
       </x:c>
     </x:row>
@@ -9264,60 +9264,60 @@
       </x:c>
       <x:c r="D165" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E165" s="4" t="n">
         <x:v>10.25</x:v>
       </x:c>
       <x:c r="F165" s="4" t="n">
         <x:v>100.16</x:v>
       </x:c>
       <x:c r="G165" s="5" t="n">
         <x:v>136.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A166" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B166" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C166" s="1" t="str">
         <x:v>Ferrol</x:v>
       </x:c>
       <x:c r="D166" s="3" t="n">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E166" s="4" t="n">
-        <x:v>197.24</x:v>
+        <x:v>197.90</x:v>
       </x:c>
       <x:c r="F166" s="4" t="n">
-        <x:v>2315.20</x:v>
+        <x:v>2329.91</x:v>
       </x:c>
       <x:c r="G166" s="5" t="n">
-        <x:v>3148.5</x:v>
+        <x:v>3168.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A167" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B167" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C167" s="1" t="str">
         <x:v>Finisterre</x:v>
       </x:c>
       <x:c r="D167" s="3" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>404.06</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
         <x:v>2348.39</x:v>
       </x:c>
       <x:c r="G167" s="5" t="n">
         <x:v>3193.6</x:v>
       </x:c>
     </x:row>
@@ -9333,152 +9333,152 @@
       </x:c>
       <x:c r="D168" s="3" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
         <x:v>6921.23</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
         <x:v>14142.12</x:v>
       </x:c>
       <x:c r="G168" s="5" t="n">
         <x:v>19228.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A169" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B169" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C169" s="1" t="str">
         <x:v>La Puebla del Caramiñal</x:v>
       </x:c>
       <x:c r="D169" s="3" t="n">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
-        <x:v>84.22</x:v>
+        <x:v>82.72</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>1245.86</x:v>
+        <x:v>1210.94</x:v>
       </x:c>
       <x:c r="G169" s="5" t="n">
-        <x:v>1694.4</x:v>
+        <x:v>1646.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A170" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B170" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C170" s="1" t="str">
         <x:v>Lage</x:v>
       </x:c>
       <x:c r="D170" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
-        <x:v>529.37</x:v>
+        <x:v>531.50</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
-        <x:v>2288.09</x:v>
+        <x:v>2306.47</x:v>
       </x:c>
       <x:c r="G170" s="5" t="n">
-        <x:v>3111.5</x:v>
+        <x:v>3136.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A171" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B171" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C171" s="1" t="str">
         <x:v>Lira-Carnota</x:v>
       </x:c>
       <x:c r="D171" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
-        <x:v>83.99</x:v>
+        <x:v>101.71</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>661.38</x:v>
+        <x:v>731.23</x:v>
       </x:c>
       <x:c r="G171" s="5" t="n">
-        <x:v>899.4</x:v>
+        <x:v>994.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A172" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B172" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C172" s="1" t="str">
         <x:v>Lorbe</x:v>
       </x:c>
       <x:c r="D172" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
         <x:v>101.06</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
         <x:v>516.18</x:v>
       </x:c>
       <x:c r="G172" s="5" t="n">
         <x:v>702.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A173" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B173" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C173" s="1" t="str">
         <x:v>Malpica de Bergantiños</x:v>
       </x:c>
       <x:c r="D173" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E173" s="4" t="n">
-        <x:v>868.70</x:v>
+        <x:v>848.48</x:v>
       </x:c>
       <x:c r="F173" s="4" t="n">
-        <x:v>3499.86</x:v>
+        <x:v>3385.89</x:v>
       </x:c>
       <x:c r="G173" s="5" t="n">
-        <x:v>4758.8</x:v>
+        <x:v>4603.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A174" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B174" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C174" s="1" t="str">
         <x:v>Mera-Oleiros</x:v>
       </x:c>
       <x:c r="D174" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E174" s="4" t="n">
         <x:v>30.92</x:v>
       </x:c>
       <x:c r="F174" s="4" t="n">
         <x:v>183.82</x:v>
       </x:c>
       <x:c r="G174" s="5" t="n">
         <x:v>250.0</x:v>
       </x:c>
     </x:row>
@@ -9540,152 +9540,152 @@
       </x:c>
       <x:c r="D177" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E177" s="4" t="n">
         <x:v>705.66</x:v>
       </x:c>
       <x:c r="F177" s="4" t="n">
         <x:v>2076.13</x:v>
       </x:c>
       <x:c r="G177" s="5" t="n">
         <x:v>2823.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A178" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B178" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C178" s="1" t="str">
         <x:v>Muros</x:v>
       </x:c>
       <x:c r="D178" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E178" s="4" t="n">
-        <x:v>887.83</x:v>
+        <x:v>869.54</x:v>
       </x:c>
       <x:c r="F178" s="4" t="n">
-        <x:v>2835.30</x:v>
+        <x:v>2760.30</x:v>
       </x:c>
       <x:c r="G178" s="5" t="n">
-        <x:v>3855.3</x:v>
+        <x:v>3753.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A179" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B179" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C179" s="1" t="str">
         <x:v>Noia</x:v>
       </x:c>
       <x:c r="D179" s="3" t="n">
-        <x:v>463</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E179" s="4" t="n">
-        <x:v>654.34</x:v>
+        <x:v>653.63</x:v>
       </x:c>
       <x:c r="F179" s="4" t="n">
-        <x:v>7064.44</x:v>
+        <x:v>7042.38</x:v>
       </x:c>
       <x:c r="G179" s="5" t="n">
-        <x:v>9607.1</x:v>
+        <x:v>9577.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A180" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B180" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C180" s="1" t="str">
         <x:v>O Freixo</x:v>
       </x:c>
       <x:c r="D180" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E180" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="F180" s="4" t="n">
-        <x:v>29.41</x:v>
+        <x:v>34.56</x:v>
       </x:c>
       <x:c r="G180" s="5" t="n">
-        <x:v>40.0</x:v>
+        <x:v>47.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A181" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B181" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C181" s="1" t="str">
         <x:v>Palmeira</x:v>
       </x:c>
       <x:c r="D181" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E181" s="4" t="n">
         <x:v>22.97</x:v>
       </x:c>
       <x:c r="F181" s="4" t="n">
         <x:v>282.67</x:v>
       </x:c>
       <x:c r="G181" s="5" t="n">
         <x:v>384.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A182" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B182" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C182" s="1" t="str">
         <x:v>Portosín</x:v>
       </x:c>
       <x:c r="D182" s="3" t="n">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E182" s="4" t="n">
-        <x:v>1549.50</x:v>
+        <x:v>1535.36</x:v>
       </x:c>
       <x:c r="F182" s="4" t="n">
-        <x:v>5628.20</x:v>
+        <x:v>5510.50</x:v>
       </x:c>
       <x:c r="G182" s="5" t="n">
-        <x:v>7652.6</x:v>
+        <x:v>7492.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A183" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B183" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C183" s="1" t="str">
         <x:v>Puentedeume</x:v>
       </x:c>
       <x:c r="D183" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E183" s="4" t="n">
         <x:v>168.76</x:v>
       </x:c>
       <x:c r="F183" s="4" t="n">
         <x:v>678.17</x:v>
       </x:c>
       <x:c r="G183" s="5" t="n">
         <x:v>922.1</x:v>
       </x:c>
     </x:row>
@@ -9770,60 +9770,60 @@
       </x:c>
       <x:c r="D187" s="3" t="n">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E187" s="4" t="n">
         <x:v>10711.37</x:v>
       </x:c>
       <x:c r="F187" s="4" t="n">
         <x:v>22138.07</x:v>
       </x:c>
       <x:c r="G187" s="5" t="n">
         <x:v>30100.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A188" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B188" s="1" t="str">
         <x:v>LUGO</x:v>
       </x:c>
       <x:c r="C188" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D188" s="3" t="n">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E188" s="4" t="n">
-        <x:v>25379.25</x:v>
+        <x:v>24735.25</x:v>
       </x:c>
       <x:c r="F188" s="4" t="n">
-        <x:v>41813.61</x:v>
+        <x:v>41317.29</x:v>
       </x:c>
       <x:c r="G188" s="5" t="n">
-        <x:v>56851.6</x:v>
+        <x:v>56176.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A189" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B189" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C189" s="1" t="str">
         <x:v>Barquero-Bares</x:v>
       </x:c>
       <x:c r="D189" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E189" s="4" t="n">
         <x:v>21.74</x:v>
       </x:c>
       <x:c r="F189" s="4" t="n">
         <x:v>123.52</x:v>
       </x:c>
       <x:c r="G189" s="5" t="n">
         <x:v>168.0</x:v>
       </x:c>
     </x:row>
@@ -9839,60 +9839,60 @@
       </x:c>
       <x:c r="D190" s="3" t="n">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E190" s="4" t="n">
         <x:v>12482.03</x:v>
       </x:c>
       <x:c r="F190" s="4" t="n">
         <x:v>21060.27</x:v>
       </x:c>
       <x:c r="G190" s="5" t="n">
         <x:v>28634.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A191" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B191" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C191" s="1" t="str">
         <x:v>Cillero</x:v>
       </x:c>
       <x:c r="D191" s="3" t="n">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="E191" s="4" t="n">
-        <x:v>12132.95</x:v>
+        <x:v>11488.95</x:v>
       </x:c>
       <x:c r="F191" s="4" t="n">
-        <x:v>18894.64</x:v>
+        <x:v>18398.32</x:v>
       </x:c>
       <x:c r="G191" s="5" t="n">
-        <x:v>25689.9</x:v>
+        <x:v>25015.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A192" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B192" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C192" s="1" t="str">
         <x:v>Foz</x:v>
       </x:c>
       <x:c r="D192" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E192" s="4" t="n">
         <x:v>186.68</x:v>
       </x:c>
       <x:c r="F192" s="4" t="n">
         <x:v>507.36</x:v>
       </x:c>
       <x:c r="G192" s="5" t="n">
         <x:v>689.8</x:v>
       </x:c>
     </x:row>
@@ -9954,60 +9954,60 @@
       </x:c>
       <x:c r="D195" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E195" s="4" t="n">
         <x:v>61.37</x:v>
       </x:c>
       <x:c r="F195" s="4" t="n">
         <x:v>273.53</x:v>
       </x:c>
       <x:c r="G195" s="5" t="n">
         <x:v>371.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A196" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B196" s="1" t="str">
         <x:v>PONTEVEDRA</x:v>
       </x:c>
       <x:c r="C196" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D196" s="3" t="n">
-        <x:v>1825</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="E196" s="4" t="n">
-        <x:v>76917.35</x:v>
+        <x:v>76921.07</x:v>
       </x:c>
       <x:c r="F196" s="4" t="n">
-        <x:v>135561.91</x:v>
+        <x:v>135425.83</x:v>
       </x:c>
       <x:c r="G196" s="5" t="n">
-        <x:v>184325.5</x:v>
+        <x:v>184140.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A197" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B197" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C197" s="1" t="str">
         <x:v>Aldan-Hio</x:v>
       </x:c>
       <x:c r="D197" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E197" s="4" t="n">
         <x:v>58.73</x:v>
       </x:c>
       <x:c r="F197" s="4" t="n">
         <x:v>537.16</x:v>
       </x:c>
       <x:c r="G197" s="5" t="n">
         <x:v>730.5</x:v>
       </x:c>
     </x:row>
@@ -10023,152 +10023,152 @@
       </x:c>
       <x:c r="D198" s="3" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E198" s="4" t="n">
         <x:v>55.78</x:v>
       </x:c>
       <x:c r="F198" s="4" t="n">
         <x:v>1007.27</x:v>
       </x:c>
       <x:c r="G198" s="5" t="n">
         <x:v>1369.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A199" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B199" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C199" s="1" t="str">
         <x:v>Bayona</x:v>
       </x:c>
       <x:c r="D199" s="3" t="n">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E199" s="4" t="n">
-        <x:v>183.84</x:v>
+        <x:v>184.82</x:v>
       </x:c>
       <x:c r="F199" s="4" t="n">
-        <x:v>1782.60</x:v>
+        <x:v>1793.61</x:v>
       </x:c>
       <x:c r="G199" s="5" t="n">
-        <x:v>2424.1</x:v>
+        <x:v>2439.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A200" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B200" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C200" s="1" t="str">
         <x:v>Bueu</x:v>
       </x:c>
       <x:c r="D200" s="3" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E200" s="4" t="n">
         <x:v>585.62</x:v>
       </x:c>
       <x:c r="F200" s="4" t="n">
         <x:v>3916.47</x:v>
       </x:c>
       <x:c r="G200" s="5" t="n">
         <x:v>5326.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A201" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B201" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C201" s="1" t="str">
         <x:v>Cambados</x:v>
       </x:c>
       <x:c r="D201" s="3" t="n">
-        <x:v>214</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E201" s="4" t="n">
-        <x:v>1104.64</x:v>
+        <x:v>1090.90</x:v>
       </x:c>
       <x:c r="F201" s="4" t="n">
-        <x:v>6616.12</x:v>
+        <x:v>6498.47</x:v>
       </x:c>
       <x:c r="G201" s="5" t="n">
-        <x:v>8997.4</x:v>
+        <x:v>8837.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A202" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B202" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C202" s="1" t="str">
         <x:v>Campelo</x:v>
       </x:c>
       <x:c r="D202" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E202" s="4" t="n">
         <x:v>35.47</x:v>
       </x:c>
       <x:c r="F202" s="4" t="n">
         <x:v>500.63</x:v>
       </x:c>
       <x:c r="G202" s="5" t="n">
         <x:v>680.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A203" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B203" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C203" s="1" t="str">
         <x:v>Cangas</x:v>
       </x:c>
       <x:c r="D203" s="3" t="n">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E203" s="4" t="n">
         <x:v>6088.75</x:v>
       </x:c>
       <x:c r="F203" s="4" t="n">
-        <x:v>10219.62</x:v>
+        <x:v>10238.00</x:v>
       </x:c>
       <x:c r="G203" s="5" t="n">
-        <x:v>13895.9</x:v>
+        <x:v>13920.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A204" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B204" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C204" s="1" t="str">
         <x:v>Carril</x:v>
       </x:c>
       <x:c r="D204" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E204" s="4" t="n">
         <x:v>57.53</x:v>
       </x:c>
       <x:c r="F204" s="4" t="n">
         <x:v>770.66</x:v>
       </x:c>
       <x:c r="G204" s="5" t="n">
         <x:v>1048.1</x:v>
       </x:c>
     </x:row>
@@ -10187,51 +10187,51 @@
       </x:c>
       <x:c r="E205" s="4" t="n">
         <x:v>109.00</x:v>
       </x:c>
       <x:c r="F205" s="4" t="n">
         <x:v>1164.98</x:v>
       </x:c>
       <x:c r="G205" s="5" t="n">
         <x:v>1584.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A206" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B206" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C206" s="1" t="str">
         <x:v>El Grove</x:v>
       </x:c>
       <x:c r="D206" s="3" t="n">
         <x:v>145</x:v>
       </x:c>
       <x:c r="E206" s="4" t="n">
-        <x:v>538.80</x:v>
+        <x:v>565.24</x:v>
       </x:c>
       <x:c r="F206" s="4" t="n">
         <x:v>4013.91</x:v>
       </x:c>
       <x:c r="G206" s="5" t="n">
         <x:v>5458.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A207" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B207" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C207" s="1" t="str">
         <x:v>Isla de Arosa</x:v>
       </x:c>
       <x:c r="D207" s="3" t="n">
         <x:v>378</x:v>
       </x:c>
       <x:c r="E207" s="4" t="n">
         <x:v>442.30</x:v>
       </x:c>
       <x:c r="F207" s="4" t="n">
@@ -10299,60 +10299,60 @@
       </x:c>
       <x:c r="D210" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E210" s="4" t="n">
         <x:v>13.61</x:v>
       </x:c>
       <x:c r="F210" s="4" t="n">
         <x:v>149.22</x:v>
       </x:c>
       <x:c r="G210" s="5" t="n">
         <x:v>202.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A211" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B211" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C211" s="1" t="str">
         <x:v>Moaña</x:v>
       </x:c>
       <x:c r="D211" s="3" t="n">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="E211" s="4" t="n">
-        <x:v>158.35</x:v>
+        <x:v>157.37</x:v>
       </x:c>
       <x:c r="F211" s="4" t="n">
-        <x:v>1772.62</x:v>
+        <x:v>1761.59</x:v>
       </x:c>
       <x:c r="G211" s="5" t="n">
-        <x:v>2410.8</x:v>
+        <x:v>2395.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A212" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B212" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C212" s="1" t="str">
         <x:v>Panjón</x:v>
       </x:c>
       <x:c r="D212" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E212" s="4" t="n">
         <x:v>9.59</x:v>
       </x:c>
       <x:c r="F212" s="4" t="n">
         <x:v>110.29</x:v>
       </x:c>
       <x:c r="G212" s="5" t="n">
         <x:v>150.0</x:v>
       </x:c>
     </x:row>
@@ -10437,60 +10437,60 @@
       </x:c>
       <x:c r="D216" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E216" s="4" t="n">
         <x:v>7.24</x:v>
       </x:c>
       <x:c r="F216" s="4" t="n">
         <x:v>89.13</x:v>
       </x:c>
       <x:c r="G216" s="5" t="n">
         <x:v>121.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A217" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B217" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C217" s="1" t="str">
         <x:v>Redondela</x:v>
       </x:c>
       <x:c r="D217" s="3" t="n">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E217" s="4" t="n">
-        <x:v>96.69</x:v>
+        <x:v>87.71</x:v>
       </x:c>
       <x:c r="F217" s="4" t="n">
-        <x:v>1268.95</x:v>
+        <x:v>1232.16</x:v>
       </x:c>
       <x:c r="G217" s="5" t="n">
-        <x:v>1725.7</x:v>
+        <x:v>1675.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A218" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B218" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C218" s="1" t="str">
         <x:v>Sanjenjo</x:v>
       </x:c>
       <x:c r="D218" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E218" s="4" t="n">
         <x:v>34.52</x:v>
       </x:c>
       <x:c r="F218" s="4" t="n">
         <x:v>380.27</x:v>
       </x:c>
       <x:c r="G218" s="5" t="n">
         <x:v>517.2</x:v>
       </x:c>
     </x:row>
@@ -10601,80 +10601,80 @@
       </x:c>
       <x:c r="E223" s="4" t="n">
         <x:v>98.03</x:v>
       </x:c>
       <x:c r="F223" s="4" t="n">
         <x:v>1423.35</x:v>
       </x:c>
       <x:c r="G223" s="5" t="n">
         <x:v>1935.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A224" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
       <x:c r="B224" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C224" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D224" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E224" s="4" t="n">
-        <x:v>2582.06</x:v>
+        <x:v>2582.50</x:v>
       </x:c>
       <x:c r="F224" s="4" t="n">
-        <x:v>15775.90</x:v>
+        <x:v>15783.26</x:v>
       </x:c>
       <x:c r="G224" s="5" t="n">
-        <x:v>21452.5</x:v>
+        <x:v>21462.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A225" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B225" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
       <x:c r="C225" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D225" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E225" s="4" t="n">
-        <x:v>2582.06</x:v>
+        <x:v>2582.50</x:v>
       </x:c>
       <x:c r="F225" s="4" t="n">
-        <x:v>15775.90</x:v>
+        <x:v>15783.26</x:v>
       </x:c>
       <x:c r="G225" s="5" t="n">
-        <x:v>21452.5</x:v>
+        <x:v>21462.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A226" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B226" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C226" s="1" t="str">
         <x:v>Alcudia</x:v>
       </x:c>
       <x:c r="D226" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E226" s="4" t="n">
         <x:v>193.02</x:v>
       </x:c>
       <x:c r="F226" s="4" t="n">
         <x:v>1608.57</x:v>
       </x:c>
       <x:c r="G226" s="5" t="n">
         <x:v>2187.4</x:v>
       </x:c>
     </x:row>
@@ -10782,83 +10782,83 @@
       </x:c>
       <x:c r="D231" s="3" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="E231" s="4" t="n">
         <x:v>187.79</x:v>
       </x:c>
       <x:c r="F231" s="4" t="n">
         <x:v>984.43</x:v>
       </x:c>
       <x:c r="G231" s="5" t="n">
         <x:v>1338.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A232" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B232" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C232" s="1" t="str">
         <x:v>Fornells</x:v>
       </x:c>
       <x:c r="D232" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E232" s="4" t="n">
-        <x:v>25.67</x:v>
+        <x:v>24.31</x:v>
       </x:c>
       <x:c r="F232" s="4" t="n">
-        <x:v>390.86</x:v>
+        <x:v>361.45</x:v>
       </x:c>
       <x:c r="G232" s="5" t="n">
-        <x:v>531.6</x:v>
+        <x:v>491.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A233" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B233" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C233" s="1" t="str">
         <x:v>Ibiza</x:v>
       </x:c>
       <x:c r="D233" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E233" s="4" t="n">
-        <x:v>192.42</x:v>
+        <x:v>194.22</x:v>
       </x:c>
       <x:c r="F233" s="4" t="n">
-        <x:v>1476.10</x:v>
+        <x:v>1512.87</x:v>
       </x:c>
       <x:c r="G233" s="5" t="n">
-        <x:v>2007.2</x:v>
+        <x:v>2057.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A234" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B234" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C234" s="1" t="str">
         <x:v>Mahón</x:v>
       </x:c>
       <x:c r="D234" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E234" s="4" t="n">
         <x:v>192.64</x:v>
       </x:c>
       <x:c r="F234" s="4" t="n">
         <x:v>1054.57</x:v>
       </x:c>
       <x:c r="G234" s="5" t="n">
         <x:v>1433.9</x:v>
       </x:c>
     </x:row>
@@ -11012,129 +11012,129 @@
       </x:c>
       <x:c r="D241" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E241" s="4" t="n">
         <x:v>165.64</x:v>
       </x:c>
       <x:c r="F241" s="4" t="n">
         <x:v>787.35</x:v>
       </x:c>
       <x:c r="G241" s="5" t="n">
         <x:v>1070.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A242" s="1" t="str">
         <x:v>PAÍS VASCO</x:v>
       </x:c>
       <x:c r="B242" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C242" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D242" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E242" s="4" t="n">
-        <x:v>76161.94</x:v>
+        <x:v>75654.67</x:v>
       </x:c>
       <x:c r="F242" s="4" t="n">
-        <x:v>125846.94</x:v>
+        <x:v>125115.32</x:v>
       </x:c>
       <x:c r="G242" s="5" t="n">
-        <x:v>171105.1</x:v>
+        <x:v>170110.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A243" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B243" s="1" t="str">
         <x:v>BIZKAIA</x:v>
       </x:c>
       <x:c r="C243" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D243" s="3" t="n">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E243" s="4" t="n">
-        <x:v>65966.55</x:v>
+        <x:v>65459.28</x:v>
       </x:c>
       <x:c r="F243" s="4" t="n">
-        <x:v>99219.47</x:v>
+        <x:v>98487.85</x:v>
       </x:c>
       <x:c r="G243" s="5" t="n">
-        <x:v>134901.5</x:v>
+        <x:v>133906.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A244" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B244" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C244" s="1" t="str">
         <x:v>Armintza</x:v>
       </x:c>
       <x:c r="D244" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E244" s="4" t="n">
         <x:v>45.95</x:v>
       </x:c>
       <x:c r="F244" s="4" t="n">
         <x:v>358.88</x:v>
       </x:c>
       <x:c r="G244" s="5" t="n">
         <x:v>488.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A245" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B245" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C245" s="1" t="str">
         <x:v>Bermeo</x:v>
       </x:c>
       <x:c r="D245" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E245" s="4" t="n">
-        <x:v>59426.95</x:v>
+        <x:v>59428.00</x:v>
       </x:c>
       <x:c r="F245" s="4" t="n">
-        <x:v>87911.02</x:v>
+        <x:v>87914.70</x:v>
       </x:c>
       <x:c r="G245" s="5" t="n">
-        <x:v>119526.0</x:v>
+        <x:v>119531.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A246" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B246" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C246" s="1" t="str">
         <x:v>Bilbao</x:v>
       </x:c>
       <x:c r="D246" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E246" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
       <x:c r="F246" s="4" t="n">
         <x:v>27.23</x:v>
       </x:c>
       <x:c r="G246" s="5" t="n">
         <x:v>37.0</x:v>
       </x:c>
     </x:row>
@@ -11173,60 +11173,60 @@
       </x:c>
       <x:c r="D248" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E248" s="4" t="n">
         <x:v>219.55</x:v>
       </x:c>
       <x:c r="F248" s="4" t="n">
         <x:v>1054.62</x:v>
       </x:c>
       <x:c r="G248" s="5" t="n">
         <x:v>1433.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A249" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B249" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C249" s="1" t="str">
         <x:v>Ondarroa</x:v>
       </x:c>
       <x:c r="D249" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="E249" s="4" t="n">
-        <x:v>5826.78</x:v>
+        <x:v>5318.46</x:v>
       </x:c>
       <x:c r="F249" s="4" t="n">
-        <x:v>8275.22</x:v>
+        <x:v>7539.92</x:v>
       </x:c>
       <x:c r="G249" s="5" t="n">
-        <x:v>11251.3</x:v>
+        <x:v>10251.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A250" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B250" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C250" s="1" t="str">
         <x:v>Plencia</x:v>
       </x:c>
       <x:c r="D250" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E250" s="4" t="n">
         <x:v>21.76</x:v>
       </x:c>
       <x:c r="F250" s="4" t="n">
         <x:v>131.64</x:v>
       </x:c>
       <x:c r="G250" s="5" t="n">
         <x:v>179.0</x:v>
       </x:c>
     </x:row>
@@ -11403,83 +11403,83 @@
       </x:c>
       <x:c r="D258" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E258" s="4" t="n">
         <x:v>24.54</x:v>
       </x:c>
       <x:c r="F258" s="4" t="n">
         <x:v>176.55</x:v>
       </x:c>
       <x:c r="G258" s="5" t="n">
         <x:v>240.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A259" s="1" t="str">
         <x:v>PRINCIPADO DE ASTURIAS</x:v>
       </x:c>
       <x:c r="B259" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C259" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D259" s="3" t="n">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E259" s="4" t="n">
-        <x:v>4495.90</x:v>
+        <x:v>4494.85</x:v>
       </x:c>
       <x:c r="F259" s="4" t="n">
-        <x:v>15128.82</x:v>
+        <x:v>15125.14</x:v>
       </x:c>
       <x:c r="G259" s="5" t="n">
-        <x:v>20572.1</x:v>
+        <x:v>20567.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A260" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B260" s="1" t="str">
         <x:v>ASTURIAS</x:v>
       </x:c>
       <x:c r="C260" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D260" s="3" t="n">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E260" s="4" t="n">
-        <x:v>4495.90</x:v>
+        <x:v>4494.85</x:v>
       </x:c>
       <x:c r="F260" s="4" t="n">
-        <x:v>15128.82</x:v>
+        <x:v>15125.14</x:v>
       </x:c>
       <x:c r="G260" s="5" t="n">
-        <x:v>20572.1</x:v>
+        <x:v>20567.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A261" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B261" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C261" s="1" t="str">
         <x:v>Aviles</x:v>
       </x:c>
       <x:c r="D261" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E261" s="4" t="n">
         <x:v>1760.92</x:v>
       </x:c>
       <x:c r="F261" s="4" t="n">
         <x:v>3547.81</x:v>
       </x:c>
       <x:c r="G261" s="5" t="n">
         <x:v>4823.8</x:v>
       </x:c>
     </x:row>
@@ -11748,60 +11748,60 @@
       </x:c>
       <x:c r="D273" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E273" s="4" t="n">
         <x:v>84.50</x:v>
       </x:c>
       <x:c r="F273" s="4" t="n">
         <x:v>415.44</x:v>
       </x:c>
       <x:c r="G273" s="5" t="n">
         <x:v>564.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A274" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B274" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C274" s="1" t="str">
         <x:v>Puerto de Vega</x:v>
       </x:c>
       <x:c r="D274" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E274" s="4" t="n">
-        <x:v>328.18</x:v>
+        <x:v>327.13</x:v>
       </x:c>
       <x:c r="F274" s="4" t="n">
-        <x:v>991.92</x:v>
+        <x:v>988.24</x:v>
       </x:c>
       <x:c r="G274" s="5" t="n">
-        <x:v>1348.9</x:v>
+        <x:v>1343.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A275" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B275" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C275" s="1" t="str">
         <x:v>Ribadesella</x:v>
       </x:c>
       <x:c r="D275" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E275" s="4" t="n">
         <x:v>53.18</x:v>
       </x:c>
       <x:c r="F275" s="4" t="n">
         <x:v>407.37</x:v>
       </x:c>
       <x:c r="G275" s="5" t="n">
         <x:v>554.0</x:v>
       </x:c>
     </x:row>
@@ -11886,106 +11886,106 @@
       </x:c>
       <x:c r="D279" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E279" s="4" t="n">
         <x:v>22.49</x:v>
       </x:c>
       <x:c r="F279" s="4" t="n">
         <x:v>223.53</x:v>
       </x:c>
       <x:c r="G279" s="5" t="n">
         <x:v>304.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A280" s="1" t="str">
         <x:v>REGIÓN DE MURCIA</x:v>
       </x:c>
       <x:c r="B280" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C280" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D280" s="3" t="n">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E280" s="4" t="n">
-        <x:v>3616.09</x:v>
+        <x:v>3613.91</x:v>
       </x:c>
       <x:c r="F280" s="4" t="n">
-        <x:v>13268.89</x:v>
+        <x:v>13257.83</x:v>
       </x:c>
       <x:c r="G280" s="5" t="n">
-        <x:v>18042.1</x:v>
+        <x:v>18027.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A281" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B281" s="1" t="str">
         <x:v>MURCIA</x:v>
       </x:c>
       <x:c r="C281" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D281" s="3" t="n">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="E281" s="4" t="n">
-        <x:v>3616.09</x:v>
+        <x:v>3613.91</x:v>
       </x:c>
       <x:c r="F281" s="4" t="n">
-        <x:v>13268.89</x:v>
+        <x:v>13257.83</x:v>
       </x:c>
       <x:c r="G281" s="5" t="n">
-        <x:v>18042.1</x:v>
+        <x:v>18027.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A282" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B282" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C282" s="1" t="str">
         <x:v>Águilas</x:v>
       </x:c>
       <x:c r="D282" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E282" s="4" t="n">
-        <x:v>590.69</x:v>
+        <x:v>588.51</x:v>
       </x:c>
       <x:c r="F282" s="4" t="n">
-        <x:v>2273.58</x:v>
+        <x:v>2254.46</x:v>
       </x:c>
       <x:c r="G282" s="5" t="n">
-        <x:v>3091.5</x:v>
+        <x:v>3065.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A283" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B283" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C283" s="1" t="str">
         <x:v>Cartagena</x:v>
       </x:c>
       <x:c r="D283" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E283" s="4" t="n">
         <x:v>1649.20</x:v>
       </x:c>
       <x:c r="F283" s="4" t="n">
         <x:v>5047.78</x:v>
       </x:c>
       <x:c r="G283" s="5" t="n">
         <x:v>6863.5</x:v>
       </x:c>
     </x:row>
@@ -12007,115 +12007,115 @@
       </x:c>
       <x:c r="F284" s="4" t="n">
         <x:v>3187.94</x:v>
       </x:c>
       <x:c r="G284" s="5" t="n">
         <x:v>4334.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A285" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B285" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C285" s="1" t="str">
         <x:v>San Pedro del Pinatar</x:v>
       </x:c>
       <x:c r="D285" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E285" s="4" t="n">
         <x:v>405.64</x:v>
       </x:c>
       <x:c r="F285" s="4" t="n">
-        <x:v>2759.59</x:v>
+        <x:v>2767.65</x:v>
       </x:c>
       <x:c r="G285" s="5" t="n">
-        <x:v>3752.5</x:v>
+        <x:v>3763.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A286" s="1" t="str">
         <x:v>TOTAL</x:v>
       </x:c>
       <x:c r="B286" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C286" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D286" s="3" t="n">
-        <x:v>8343</x:v>
+        <x:v>8324</x:v>
       </x:c>
       <x:c r="E286" s="4" t="n">
-        <x:v>302500.68</x:v>
+        <x:v>301135.38</x:v>
       </x:c>
       <x:c r="F286" s="4" t="n">
-        <x:v>732056.38</x:v>
+        <x:v>729778.65</x:v>
       </x:c>
       <x:c r="G286" s="5" t="n">
-        <x:v>995382.0</x:v>
+        <x:v>992285.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
   </x:mergeCells>
   <x:pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:dimension ref="A1:E5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:selection activeCell="H18" sqref="H18:H19"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="26.85546875" customWidth="1"/>
     <x:col min="2" max="5" width="13.5703125" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="10" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/11/2025 15:19 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="10"/>
       <x:c r="C2" s="10"/>
       <x:c r="D2" s="10"/>
       <x:c r="E2" s="10"/>
     </x:row>
     <x:row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
@@ -12154,928 +12154,928 @@
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v>VALENCIA/VALÈNCIA</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1538.76</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>6760.55</x:v>
       </x:c>
       <x:c r="E7" s="5" t="n">
         <x:v>9192.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v>SANTA CRUZ DE TENERIFE</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2265.64</x:v>
+        <x:v>2265.52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>11754.03</x:v>
       </x:c>
       <x:c r="E8" s="5" t="n">
         <x:v>15982.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v>MÁLAGA</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>252</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3284.67</x:v>
+        <x:v>3304.17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12801.10</x:v>
+        <x:v>12830.63</x:v>
       </x:c>
       <x:c r="E9" s="5" t="n">
-        <x:v>17406.6</x:v>
+        <x:v>17446.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A10" s="1" t="str">
         <x:v>MURCIA</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3616.09</x:v>
+        <x:v>3613.91</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>13268.89</x:v>
+        <x:v>13257.83</x:v>
       </x:c>
       <x:c r="E10" s="5" t="n">
-        <x:v>18042.1</x:v>
+        <x:v>18027.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A11" s="1" t="str">
         <x:v>ASTURIAS</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4495.90</x:v>
+        <x:v>4494.85</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>15128.82</x:v>
+        <x:v>15125.14</x:v>
       </x:c>
       <x:c r="E11" s="5" t="n">
-        <x:v>20572.1</x:v>
+        <x:v>20567.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A12" s="1" t="str">
+        <x:v>BARCELONA</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="n">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>3574.32</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>15708.85</x:v>
+      </x:c>
+      <x:c r="E12" s="5" t="n">
+        <x:v>21359.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c r="A13" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="n">
+      <x:c r="B13" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="C12" s="4" t="n">
-[...15 lines deleted...]
-      </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3662.72</x:v>
+        <x:v>2582.50</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>16106.79</x:v>
+        <x:v>15783.26</x:v>
       </x:c>
       <x:c r="E13" s="5" t="n">
-        <x:v>21900.2</x:v>
+        <x:v>21462.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A14" s="1" t="str">
         <x:v>CANTABRIA</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>6545.67</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>17113.08</x:v>
       </x:c>
       <x:c r="E14" s="5" t="n">
         <x:v>23268.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A15" s="1" t="str">
         <x:v>ALMERÍA</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>6030.19</x:v>
+        <x:v>6054.93</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>18169.33</x:v>
+        <x:v>18281.65</x:v>
       </x:c>
       <x:c r="E15" s="5" t="n">
-        <x:v>24705.4</x:v>
+        <x:v>24858.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A16" s="1" t="str">
         <x:v>CASTELLÓN/CASTELLÓ</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5318.20</x:v>
+        <x:v>5306.88</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>19553.63</x:v>
+        <x:v>19489.66</x:v>
       </x:c>
       <x:c r="E16" s="5" t="n">
-        <x:v>26587.3</x:v>
+        <x:v>26500.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A17" s="1" t="str">
         <x:v>GIRONA</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5170.44</x:v>
+        <x:v>5190.18</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>22619.83</x:v>
+        <x:v>22679.39</x:v>
       </x:c>
       <x:c r="E17" s="5" t="n">
-        <x:v>30755.9</x:v>
+        <x:v>30836.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A18" s="1" t="str">
         <x:v>CÁDIZ</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>436</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>5103.75</x:v>
+        <x:v>5100.65</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>24282.01</x:v>
+        <x:v>24239.36</x:v>
       </x:c>
       <x:c r="E18" s="5" t="n">
-        <x:v>33018.2</x:v>
+        <x:v>32960.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A19" s="1" t="str">
         <x:v>GIPUZKOA</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>10195.39</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>26627.47</x:v>
       </x:c>
       <x:c r="E19" s="5" t="n">
         <x:v>36203.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A20" s="1" t="str">
         <x:v>LAS PALMAS</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>14907.08</x:v>
+        <x:v>14906.51</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>30937.96</x:v>
       </x:c>
       <x:c r="E20" s="5" t="n">
         <x:v>42066.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A21" s="1" t="str">
         <x:v>TARRAGONA</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6444.68</x:v>
+        <x:v>6410.03</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>31323.44</x:v>
+        <x:v>31217.01</x:v>
       </x:c>
       <x:c r="E21" s="5" t="n">
-        <x:v>42590.2</x:v>
+        <x:v>42445.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A22" s="1" t="str">
         <x:v>ALICANTE/ALACANT</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>9985.50</x:v>
+        <x:v>9871.49</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>32860.43</x:v>
+        <x:v>32470.73</x:v>
       </x:c>
       <x:c r="E22" s="5" t="n">
-        <x:v>44679.5</x:v>
+        <x:v>44149.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A23" s="1" t="str">
         <x:v>LUGO</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>163</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>25379.25</x:v>
+        <x:v>24735.25</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>41813.61</x:v>
+        <x:v>41317.29</x:v>
       </x:c>
       <x:c r="E23" s="5" t="n">
-        <x:v>56851.6</x:v>
+        <x:v>56176.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A24" s="1" t="str">
         <x:v>HUELVA</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>13032.76</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>42930.38</x:v>
+        <x:v>42929.80</x:v>
       </x:c>
       <x:c r="E24" s="5" t="n">
-        <x:v>58372.1</x:v>
+        <x:v>58371.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A25" s="1" t="str">
         <x:v>A CORUÑA</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>2145</x:v>
+        <x:v>2140</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>29006.66</x:v>
+        <x:v>28979.89</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>94253.82</x:v>
+        <x:v>94147.35</x:v>
       </x:c>
       <x:c r="E25" s="5" t="n">
-        <x:v>128164.4</x:v>
+        <x:v>128019.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A26" s="1" t="str">
         <x:v>BIZKAIA</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>65966.55</x:v>
+        <x:v>65459.28</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>99219.47</x:v>
+        <x:v>98487.85</x:v>
       </x:c>
       <x:c r="E26" s="5" t="n">
-        <x:v>134901.5</x:v>
+        <x:v>133906.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A27" s="1" t="str">
         <x:v>PONTEVEDRA</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>1825</x:v>
+        <x:v>1823</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>76917.35</x:v>
+        <x:v>76921.07</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>135561.91</x:v>
+        <x:v>135425.83</x:v>
       </x:c>
       <x:c r="E27" s="5" t="n">
-        <x:v>184325.5</x:v>
+        <x:v>184140.5</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
     <x:mergeCell ref="A2:E2"/>
   </x:mergeCells>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:dimension ref="A1:E5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:selection activeCell="I8" sqref="I8"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="26.140625" customWidth="1"/>
     <x:col min="2" max="5" width="14.140625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="10" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/11/2025 15:19 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="10"/>
       <x:c r="C2" s="10"/>
       <x:c r="D2" s="10"/>
       <x:c r="E2" s="10"/>
     </x:row>
     <x:row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
         <x:v>CEUTA</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C5" s="4" t="n">
         <x:v>44.20</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
         <x:v>360.99</x:v>
       </x:c>
       <x:c r="E5" s="5" t="n">
         <x:v>490.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A6" s="1" t="str">
         <x:v>REGIÓN DE MURCIA</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3616.09</x:v>
+        <x:v>3613.91</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>13268.89</x:v>
+        <x:v>13257.83</x:v>
       </x:c>
       <x:c r="E6" s="5" t="n">
-        <x:v>18042.1</x:v>
+        <x:v>18027.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v>PRINCIPADO DE ASTURIAS</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4495.90</x:v>
+        <x:v>4494.85</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>15128.82</x:v>
+        <x:v>15125.14</x:v>
       </x:c>
       <x:c r="E7" s="5" t="n">
-        <x:v>20572.1</x:v>
+        <x:v>20567.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2582.06</x:v>
+        <x:v>2582.50</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>15775.90</x:v>
+        <x:v>15783.26</x:v>
       </x:c>
       <x:c r="E8" s="5" t="n">
-        <x:v>21452.5</x:v>
+        <x:v>21462.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v>CANTABRIA</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6545.67</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>17113.08</x:v>
       </x:c>
       <x:c r="E9" s="5" t="n">
         <x:v>23268.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A10" s="1" t="str">
         <x:v>CANARIAS</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>710</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17172.72</x:v>
+        <x:v>17172.03</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>42691.99</x:v>
       </x:c>
       <x:c r="E10" s="5" t="n">
         <x:v>58049.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A11" s="1" t="str">
         <x:v>COMUNITAT VALENCIANA</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>463</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>16842.46</x:v>
+        <x:v>16717.13</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>59174.61</x:v>
+        <x:v>58720.94</x:v>
       </x:c>
       <x:c r="E11" s="5" t="n">
-        <x:v>80459.5</x:v>
+        <x:v>79842.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A12" s="1" t="str">
         <x:v>CATALUÑA</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>580</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>15277.84</x:v>
+        <x:v>15174.53</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>70050.06</x:v>
+        <x:v>69605.25</x:v>
       </x:c>
       <x:c r="E12" s="5" t="n">
-        <x:v>95246.3</x:v>
+        <x:v>94641.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A13" s="1" t="str">
         <x:v>ANDALUCÍA</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1399</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28458.54</x:v>
+        <x:v>28499.68</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>101015.76</x:v>
+        <x:v>101114.38</x:v>
       </x:c>
       <x:c r="E13" s="5" t="n">
-        <x:v>137354.3</x:v>
+        <x:v>137488.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A14" s="1" t="str">
         <x:v>PAÍS VASCO</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>76161.94</x:v>
+        <x:v>75654.67</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>125846.94</x:v>
+        <x:v>125115.32</x:v>
       </x:c>
       <x:c r="E14" s="5" t="n">
-        <x:v>171105.1</x:v>
+        <x:v>170110.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A15" s="1" t="str">
         <x:v>GALICIA</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>4133</x:v>
+        <x:v>4125</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>131303.26</x:v>
+        <x:v>130636.21</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>271629.34</x:v>
+        <x:v>270890.47</x:v>
       </x:c>
       <x:c r="E15" s="5" t="n">
-        <x:v>369341.5</x:v>
+        <x:v>368336.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A2:E2"/>
     <x:mergeCell ref="A1:E1"/>
   </x:mergeCells>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:pageSetUpPr fitToPage="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:selection sqref="A1:F1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="25.7109375" customWidth="1"/>
     <x:col min="2" max="2" width="83.140625" customWidth="1"/>
     <x:col min="3" max="6" width="16" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
       <x:c r="F1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="9" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/11/2025 15:19 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="9"/>
       <x:c r="C2" s="9"/>
       <x:c r="D2" s="9"/>
       <x:c r="E2" s="9"/>
       <x:c r="F2" s="9"/>
     </x:row>
     <x:row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
         <x:v>ANDALUCÍA</x:v>
       </x:c>
       <x:c r="B5" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>1399</x:v>
+        <x:v>1397</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
-        <x:v>28458.54</x:v>
+        <x:v>28499.68</x:v>
       </x:c>
       <x:c r="E5" s="4" t="n">
-        <x:v>101015.76</x:v>
+        <x:v>101114.38</x:v>
       </x:c>
       <x:c r="F5" s="5" t="n">
-        <x:v>137354.3</x:v>
+        <x:v>137488.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A6" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B6" s="1" t="str">
         <x:v>ARRASTRE DE FONDO  EN EL GOLFO DE CADIZ</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>5420.07</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>19829.69</x:v>
       </x:c>
       <x:c r="F6" s="5" t="n">
         <x:v>26961.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B7" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6111.02</x:v>
+        <x:v>6093.08</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>15552.66</x:v>
+        <x:v>15473.04</x:v>
       </x:c>
       <x:c r="F7" s="5" t="n">
-        <x:v>21147.1</x:v>
+        <x:v>21038.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B8" s="1" t="str">
         <x:v>ARRASTRE EN AGUAS DE PORTUGAL</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>563.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1439.02</x:v>
+        <x:v>1438.44</x:v>
       </x:c>
       <x:c r="F8" s="5" t="n">
-        <x:v>1956.5</x:v>
+        <x:v>1955.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B9" s="1" t="str">
         <x:v>ARRASTREROS CONGELADORES AGUAS INTERNACIONALES Y TERCEROS PAISES</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>6066.54</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>11482.41</x:v>
       </x:c>
       <x:c r="F9" s="5" t="n">
         <x:v>15612.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A10" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B10" s="1" t="str">
         <x:v>ARTES MENORES  EN EL GOLFO DE CADIZ</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2883.99</x:v>
+        <x:v>2880.89</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>18806.19</x:v>
+        <x:v>18763.54</x:v>
       </x:c>
       <x:c r="F10" s="5" t="n">
-        <x:v>25573.3</x:v>
+        <x:v>25515.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A11" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B11" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>404</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1542.70</x:v>
+        <x:v>1560.60</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11754.82</x:v>
+        <x:v>11806.29</x:v>
       </x:c>
       <x:c r="F11" s="5" t="n">
-        <x:v>15985.1</x:v>
+        <x:v>16055.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A12" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B12" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>2110.08</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>4878.54</x:v>
       </x:c>
       <x:c r="F12" s="5" t="n">
         <x:v>6633.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A13" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B13" s="1" t="str">
         <x:v>CERCO EN EL GOLFO DE CADIZ</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>2108.47</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
         <x:v>10069.96</x:v>
       </x:c>
       <x:c r="F13" s="5" t="n">
         <x:v>13692.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A14" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B14" s="1" t="str">
         <x:v>CERCO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1588.01</x:v>
+        <x:v>1632.29</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>6809.07</x:v>
+        <x:v>6979.07</x:v>
       </x:c>
       <x:c r="F14" s="5" t="n">
-        <x:v>9258.4</x:v>
+        <x:v>9489.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A15" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B15" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>63.89</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>393.40</x:v>
       </x:c>
       <x:c r="F15" s="5" t="n">
         <x:v>535.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A16" s="1" t="str">
         <x:v>CANARIAS</x:v>
       </x:c>
       <x:c r="B16" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>710</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>17172.72</x:v>
+        <x:v>17172.03</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>42691.99</x:v>
       </x:c>
       <x:c r="F16" s="5" t="n">
         <x:v>58049.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A17" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B17" s="1" t="str">
         <x:v>ARRASTRE EN AGUAS DE PORTUGAL</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>287.00</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>651.35</x:v>
       </x:c>
       <x:c r="F17" s="5" t="n">
@@ -13111,51 +13111,51 @@
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>3271.40</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3395.91</x:v>
       </x:c>
       <x:c r="F19" s="5" t="n">
         <x:v>4617.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A20" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B20" s="1" t="str">
         <x:v>ARTES MENORES EN CANARIAS</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>631</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2078.86</x:v>
+        <x:v>2078.17</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>16953.52</x:v>
       </x:c>
       <x:c r="F20" s="5" t="n">
         <x:v>23054.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A21" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B21" s="1" t="str">
         <x:v>ATUNEROS CAÑEROS CANARIAS</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>3001.18</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>9309.61</x:v>
       </x:c>
       <x:c r="F21" s="5" t="n">
@@ -13368,160 +13368,160 @@
       </x:c>
       <x:c r="B32" s="1" t="str">
         <x:v>VOLANTA EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>511.06</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1040.43</x:v>
       </x:c>
       <x:c r="F32" s="5" t="n">
         <x:v>1414.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A33" s="1" t="str">
         <x:v>CATALUÑA</x:v>
       </x:c>
       <x:c r="B33" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>580</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>15277.84</x:v>
+        <x:v>15174.53</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>70050.06</x:v>
+        <x:v>69605.25</x:v>
       </x:c>
       <x:c r="F33" s="5" t="n">
-        <x:v>95246.3</x:v>
+        <x:v>94641.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A34" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B34" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>10497.88</x:v>
+        <x:v>10521.90</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>37023.71</x:v>
+        <x:v>37156.77</x:v>
       </x:c>
       <x:c r="F34" s="5" t="n">
-        <x:v>50340.4</x:v>
+        <x:v>50521.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A35" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B35" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>315</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1270.12</x:v>
+        <x:v>1235.47</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>11934.17</x:v>
+        <x:v>11827.77</x:v>
       </x:c>
       <x:c r="F35" s="5" t="n">
-        <x:v>16228.8</x:v>
+        <x:v>16084.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A36" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B36" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>304.62</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1204.02</x:v>
       </x:c>
       <x:c r="F36" s="5" t="n">
         <x:v>1637.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A37" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B37" s="1" t="str">
         <x:v>CERCO ATUN ROJO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>934.76</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
         <x:v>7463.00</x:v>
       </x:c>
       <x:c r="F37" s="5" t="n">
         <x:v>10146.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A38" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B38" s="1" t="str">
         <x:v>CERCO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2147.33</x:v>
+        <x:v>2054.65</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>11459.57</x:v>
+        <x:v>10988.10</x:v>
       </x:c>
       <x:c r="F38" s="5" t="n">
-        <x:v>15580.2</x:v>
+        <x:v>14939.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A39" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B39" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
         <x:v>123.13</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>965.59</x:v>
       </x:c>
       <x:c r="F39" s="5" t="n">
         <x:v>1313.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A40" s="1" t="str">
         <x:v>CEUTA</x:v>
@@ -13588,100 +13588,100 @@
       </x:c>
       <x:c r="B43" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>17.48</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>193.29</x:v>
       </x:c>
       <x:c r="F43" s="5" t="n">
         <x:v>262.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A44" s="1" t="str">
         <x:v>COMUNITAT VALENCIANA</x:v>
       </x:c>
       <x:c r="B44" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>463</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>16842.46</x:v>
+        <x:v>16717.13</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>59174.61</x:v>
+        <x:v>58720.94</x:v>
       </x:c>
       <x:c r="F44" s="5" t="n">
-        <x:v>80459.5</x:v>
+        <x:v>79842.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A45" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B45" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>195</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>13346.77</x:v>
+        <x:v>13232.76</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>41371.79</x:v>
+        <x:v>40982.09</x:v>
       </x:c>
       <x:c r="F45" s="5" t="n">
-        <x:v>56251.3</x:v>
+        <x:v>55721.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A46" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B46" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>237</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>1771.11</x:v>
+        <x:v>1759.79</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>11376.32</x:v>
+        <x:v>11312.35</x:v>
       </x:c>
       <x:c r="F46" s="5" t="n">
-        <x:v>15470.4</x:v>
+        <x:v>15383.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A47" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B47" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>53.71</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>255.90</x:v>
       </x:c>
       <x:c r="F47" s="5" t="n">
         <x:v>348.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A48" s="1" t="str">
         <x:v/>
@@ -13708,60 +13708,60 @@
       </x:c>
       <x:c r="B49" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>50.35</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>207.06</x:v>
       </x:c>
       <x:c r="F49" s="5" t="n">
         <x:v>281.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A50" s="1" t="str">
         <x:v>GALICIA</x:v>
       </x:c>
       <x:c r="B50" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C50" s="3" t="n">
-        <x:v>4133</x:v>
+        <x:v>4125</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>131303.26</x:v>
+        <x:v>130636.21</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>271629.34</x:v>
+        <x:v>270890.47</x:v>
       </x:c>
       <x:c r="F50" s="5" t="n">
-        <x:v>369341.5</x:v>
+        <x:v>368336.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A51" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B51" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>10989.79</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>23446.08</x:v>
       </x:c>
       <x:c r="F51" s="5" t="n">
         <x:v>31877.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A52" s="1" t="str">
         <x:v/>
@@ -13848,140 +13848,140 @@
       </x:c>
       <x:c r="B56" s="1" t="str">
         <x:v>ARTES FIJAS EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="C56" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>11457.44</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>18823.43</x:v>
       </x:c>
       <x:c r="F56" s="5" t="n">
         <x:v>25592.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A57" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B57" s="1" t="str">
         <x:v>ARTES MENORES EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>3686</x:v>
+        <x:v>3682</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>8623.36</x:v>
+        <x:v>8620.41</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>81387.99</x:v>
+        <x:v>81344.19</x:v>
       </x:c>
       <x:c r="F57" s="5" t="n">
-        <x:v>110683.9</x:v>
+        <x:v>110624.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A58" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B58" s="1" t="str">
         <x:v>ATUNEROS CERQUEROS CONGELADORES EN OCEANO ATLANTICO, INDICO Y PACIFICO</x:v>
       </x:c>
       <x:c r="C58" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>4058.00</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>6333.18</x:v>
       </x:c>
       <x:c r="F58" s="5" t="n">
         <x:v>8610.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A59" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B59" s="1" t="str">
         <x:v>BACALADEROS</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>6080.00</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>6250.00</x:v>
       </x:c>
       <x:c r="F59" s="5" t="n">
         <x:v>8497.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A60" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B60" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C60" s="3" t="n">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>41696.69</x:v>
+        <x:v>41052.69</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>56446.44</x:v>
+        <x:v>55950.12</x:v>
       </x:c>
       <x:c r="F60" s="5" t="n">
-        <x:v>76745.8</x:v>
+        <x:v>76071.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A61" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B61" s="1" t="str">
         <x:v>CERCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>143</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>6812.82</x:v>
+        <x:v>6766.28</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>23815.35</x:v>
+        <x:v>23484.41</x:v>
       </x:c>
       <x:c r="F61" s="5" t="n">
-        <x:v>32380.6</x:v>
+        <x:v>31930.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A62" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B62" s="1" t="str">
         <x:v>PALANGRE DE FONDO AGUAS INTERNACIONALES Y TERCEROS PAISES</x:v>
       </x:c>
       <x:c r="C62" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
         <x:v>178.00</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>198.53</x:v>
       </x:c>
       <x:c r="F62" s="5" t="n">
         <x:v>269.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A63" s="1" t="str">
         <x:v/>
@@ -14031,257 +14031,257 @@
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
         <x:v>62.64</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
         <x:v>257.36</x:v>
       </x:c>
       <x:c r="F65" s="5" t="n">
         <x:v>349.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A66" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B66" s="1" t="str">
         <x:v>VOLANTA EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C66" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1295.11</x:v>
+        <x:v>1321.55</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>3018.74</x:v>
+        <x:v>3150.93</x:v>
       </x:c>
       <x:c r="F66" s="5" t="n">
-        <x:v>4104.8</x:v>
+        <x:v>4284.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A67" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
       <x:c r="B67" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>2582.06</x:v>
+        <x:v>2582.50</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>15775.90</x:v>
+        <x:v>15783.26</x:v>
       </x:c>
       <x:c r="F67" s="5" t="n">
-        <x:v>21452.5</x:v>
+        <x:v>21462.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A68" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B68" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C68" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
         <x:v>1782.44</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>5443.74</x:v>
       </x:c>
       <x:c r="F68" s="5" t="n">
         <x:v>7401.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A69" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B69" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>260</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>688.16</x:v>
+        <x:v>688.60</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>9614.46</x:v>
+        <x:v>9621.82</x:v>
       </x:c>
       <x:c r="F69" s="5" t="n">
-        <x:v>13074.7</x:v>
+        <x:v>13084.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A70" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B70" s="1" t="str">
         <x:v>CERCO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C70" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
         <x:v>81.85</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>524.32</x:v>
       </x:c>
       <x:c r="F70" s="5" t="n">
         <x:v>713.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A71" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B71" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
         <x:v>29.61</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
         <x:v>193.38</x:v>
       </x:c>
       <x:c r="F71" s="5" t="n">
         <x:v>263.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A72" s="1" t="str">
         <x:v>PAÍS VASCO</x:v>
       </x:c>
       <x:c r="B72" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C72" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>76161.94</x:v>
+        <x:v>75654.67</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>125846.94</x:v>
+        <x:v>125115.32</x:v>
       </x:c>
       <x:c r="F72" s="5" t="n">
-        <x:v>171105.1</x:v>
+        <x:v>170110.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A73" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B73" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>944.01</x:v>
+        <x:v>435.69</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>1279.42</x:v>
+        <x:v>544.12</x:v>
       </x:c>
       <x:c r="F73" s="5" t="n">
-        <x:v>1739.5</x:v>
+        <x:v>739.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A74" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B74" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="C74" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
         <x:v>3265.00</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
         <x:v>4082.51</x:v>
       </x:c>
       <x:c r="F74" s="5" t="n">
         <x:v>5550.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A75" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B75" s="1" t="str">
         <x:v>ARTES FIJAS EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
         <x:v>917.00</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>1470.58</x:v>
       </x:c>
       <x:c r="F75" s="5" t="n">
         <x:v>1999.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A76" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B76" s="1" t="str">
         <x:v>ARTES MENORES EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C76" s="3" t="n">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1042.53</x:v>
+        <x:v>1043.58</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>4740.49</x:v>
+        <x:v>4744.17</x:v>
       </x:c>
       <x:c r="F76" s="5" t="n">
-        <x:v>6445.7</x:v>
+        <x:v>6450.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A77" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B77" s="1" t="str">
         <x:v>ATUNEROS CERQUEROS CONGELADORES EN OCEANO ATLANTICO, INDICO Y PACIFICO</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
         <x:v>27864.00</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>41656.00</x:v>
       </x:c>
       <x:c r="F77" s="5" t="n">
         <x:v>56636.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A78" s="1" t="str">
         <x:v/>
@@ -14408,120 +14408,120 @@
       </x:c>
       <x:c r="B84" s="1" t="str">
         <x:v>VOLANTA EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C84" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
         <x:v>211.39</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>413.97</x:v>
       </x:c>
       <x:c r="F84" s="5" t="n">
         <x:v>562.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A85" s="1" t="str">
         <x:v>PRINCIPADO DE ASTURIAS</x:v>
       </x:c>
       <x:c r="B85" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>4495.90</x:v>
+        <x:v>4494.85</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>15128.82</x:v>
+        <x:v>15125.14</x:v>
       </x:c>
       <x:c r="F85" s="5" t="n">
-        <x:v>20572.1</x:v>
+        <x:v>20567.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A86" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B86" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C86" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
         <x:v>947.31</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>1574.99</x:v>
       </x:c>
       <x:c r="F86" s="5" t="n">
         <x:v>2141.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A87" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B87" s="1" t="str">
         <x:v>ARTES FIJAS EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
         <x:v>817.00</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>1117.65</x:v>
       </x:c>
       <x:c r="F87" s="5" t="n">
         <x:v>1519.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A88" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B88" s="1" t="str">
         <x:v>ARTES MENORES EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C88" s="3" t="n">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>980.39</x:v>
+        <x:v>979.34</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>7347.43</x:v>
+        <x:v>7343.75</x:v>
       </x:c>
       <x:c r="F88" s="5" t="n">
-        <x:v>9991.9</x:v>
+        <x:v>9986.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A89" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B89" s="1" t="str">
         <x:v>CERCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
         <x:v>295.82</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>1120.63</x:v>
       </x:c>
       <x:c r="F89" s="5" t="n">
         <x:v>1523.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A90" s="1" t="str">
         <x:v/>
@@ -14588,100 +14588,100 @@
       </x:c>
       <x:c r="B93" s="1" t="str">
         <x:v>VOLANTA EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
         <x:v>626.32</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
         <x:v>1352.66</x:v>
       </x:c>
       <x:c r="F93" s="5" t="n">
         <x:v>1839.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A94" s="1" t="str">
         <x:v>REGIÓN DE MURCIA</x:v>
       </x:c>
       <x:c r="B94" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C94" s="3" t="n">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>3616.09</x:v>
+        <x:v>3613.91</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
-        <x:v>13268.89</x:v>
+        <x:v>13257.83</x:v>
       </x:c>
       <x:c r="F94" s="5" t="n">
-        <x:v>18042.1</x:v>
+        <x:v>18027.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A95" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B95" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
         <x:v>1161.38</x:v>
       </x:c>
       <x:c r="E95" s="4" t="n">
-        <x:v>2645.17</x:v>
+        <x:v>2653.23</x:v>
       </x:c>
       <x:c r="F95" s="5" t="n">
-        <x:v>3596.7</x:v>
+        <x:v>3607.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A96" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B96" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C96" s="3" t="n">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>382.88</x:v>
+        <x:v>380.70</x:v>
       </x:c>
       <x:c r="E96" s="4" t="n">
-        <x:v>3943.03</x:v>
+        <x:v>3923.91</x:v>
       </x:c>
       <x:c r="F96" s="5" t="n">
-        <x:v>5362.1</x:v>
+        <x:v>5336.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A97" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B97" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
         <x:v>443.78</x:v>
       </x:c>
       <x:c r="E97" s="4" t="n">
         <x:v>1090.44</x:v>
       </x:c>
       <x:c r="F97" s="5" t="n">
         <x:v>1482.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A98" s="1" t="str">
         <x:v/>
@@ -14708,207 +14708,207 @@
       </x:c>
       <x:c r="B99" s="1" t="str">
         <x:v>CERCO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
         <x:v>928.45</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>3204.95</x:v>
       </x:c>
       <x:c r="F99" s="5" t="n">
         <x:v>4357.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A100" s="1" t="str">
         <x:v>TOTAL</x:v>
       </x:c>
       <x:c r="B100" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C100" s="3" t="n">
-        <x:v>8343</x:v>
+        <x:v>8324</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>302500.68</x:v>
+        <x:v>301135.38</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>732056.38</x:v>
+        <x:v>729778.65</x:v>
       </x:c>
       <x:c r="F100" s="5" t="n">
-        <x:v>995382.0</x:v>
+        <x:v>992285.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
   </x:mergeCells>
   <x:pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" scale="57" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:pageSetUpPr fitToPage="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:E5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:selection sqref="A1:E1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="77.85546875" customWidth="1"/>
     <x:col min="2" max="5" width="19.140625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="9" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/11/2025 15:19 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="9"/>
       <x:c r="C2" s="9"/>
       <x:c r="D2" s="9"/>
       <x:c r="E2" s="9"/>
     </x:row>
     <x:row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
         <x:v>ARRASTRE DE FONDO  EN EL GOLFO DE CADIZ</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C5" s="4" t="n">
         <x:v>5420.07</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
         <x:v>19829.69</x:v>
       </x:c>
       <x:c r="E5" s="5" t="n">
         <x:v>26961.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A6" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>13349.72</x:v>
+        <x:v>12841.40</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>27553.73</x:v>
+        <x:v>26818.43</x:v>
       </x:c>
       <x:c r="E6" s="5" t="n">
-        <x:v>37462.4</x:v>
+        <x:v>36462.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>562</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>32899.49</x:v>
+        <x:v>32791.56</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>102037.07</x:v>
+        <x:v>101708.87</x:v>
       </x:c>
       <x:c r="E7" s="5" t="n">
-        <x:v>138737.2</x:v>
+        <x:v>138291.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>8765.51</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>14943.73</x:v>
       </x:c>
       <x:c r="E8" s="5" t="n">
         <x:v>20317.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v>ARRASTRE EN AGUAS DE PORTUGAL</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>1835.20</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3671.98</x:v>
+        <x:v>3671.40</x:v>
       </x:c>
       <x:c r="E9" s="5" t="n">
-        <x:v>4992.6</x:v>
+        <x:v>4991.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A10" s="1" t="str">
         <x:v>ARRASTREROS CONGELADORES AGUAS INTERNACIONALES Y TERCEROS PAISES</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>27490.93</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>38651.59</x:v>
       </x:c>
       <x:c r="E10" s="5" t="n">
         <x:v>52552.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A11" s="1" t="str">
         <x:v>ARRASTREROS CONGELADORES DE NAFO</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>18</x:v>
@@ -14923,111 +14923,111 @@
         <x:v>31423.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A12" s="1" t="str">
         <x:v>ARTES FIJAS EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>13440.44</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>21816.07</x:v>
       </x:c>
       <x:c r="E12" s="5" t="n">
         <x:v>29661.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A13" s="1" t="str">
         <x:v>ARTES MENORES  EN EL GOLFO DE CADIZ</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>533</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2883.99</x:v>
+        <x:v>2880.89</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>18806.19</x:v>
+        <x:v>18763.54</x:v>
       </x:c>
       <x:c r="E13" s="5" t="n">
-        <x:v>25573.3</x:v>
+        <x:v>25515.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A14" s="1" t="str">
         <x:v>ARTES MENORES EN CANARIAS</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2078.86</x:v>
+        <x:v>2078.17</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>16953.52</x:v>
       </x:c>
       <x:c r="E14" s="5" t="n">
         <x:v>23054.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A15" s="1" t="str">
         <x:v>ARTES MENORES EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>4031</x:v>
+        <x:v>4027</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>11344.12</x:v>
+        <x:v>11341.17</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>97338.88</x:v>
+        <x:v>97295.08</x:v>
       </x:c>
       <x:c r="E15" s="5" t="n">
-        <x:v>132374.6</x:v>
+        <x:v>132315.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A16" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>1356</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5665.81</x:v>
+        <x:v>5636.00</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>48705.91</x:v>
+        <x:v>48575.25</x:v>
       </x:c>
       <x:c r="E16" s="5" t="n">
-        <x:v>66234.1</x:v>
+        <x:v>66056.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A17" s="1" t="str">
         <x:v>ATUNEROS CAÑEROS CANARIAS</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3001.18</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>9309.61</x:v>
       </x:c>
       <x:c r="E17" s="5" t="n">
         <x:v>12658.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A18" s="1" t="str">
         <x:v>ATUNEROS CERQUEROS CONGELADORES EN OCEANO ATLANTICO, INDICO Y PACIFICO</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>14</x:v>
@@ -15059,128 +15059,128 @@
         <x:v>55251.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A20" s="1" t="str">
         <x:v>BACALADEROS</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>7882.00</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>9989.20</x:v>
       </x:c>
       <x:c r="E20" s="5" t="n">
         <x:v>13581.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A21" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>46058.16</x:v>
+        <x:v>45414.16</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>65892.41</x:v>
+        <x:v>65396.09</x:v>
       </x:c>
       <x:c r="E21" s="5" t="n">
-        <x:v>89589.4</x:v>
+        <x:v>88914.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A22" s="1" t="str">
         <x:v>CERCO ATUN ROJO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1634.36</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>9848.30</x:v>
       </x:c>
       <x:c r="E22" s="5" t="n">
         <x:v>13390.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A23" s="1" t="str">
         <x:v>CERCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>233</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>20112.10</x:v>
+        <x:v>20065.56</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>57400.02</x:v>
+        <x:v>57069.08</x:v>
       </x:c>
       <x:c r="E23" s="5" t="n">
-        <x:v>78043.2</x:v>
+        <x:v>77593.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A24" s="1" t="str">
         <x:v>CERCO EN EL GOLFO DE CADIZ</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>2108.47</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>10069.96</x:v>
       </x:c>
       <x:c r="E24" s="5" t="n">
         <x:v>13692.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A25" s="1" t="str">
         <x:v>CERCO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>6382.04</x:v>
+        <x:v>6333.64</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>28046.04</x:v>
+        <x:v>27744.57</x:v>
       </x:c>
       <x:c r="E25" s="5" t="n">
-        <x:v>38132.4</x:v>
+        <x:v>37722.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A26" s="1" t="str">
         <x:v>PALANGRE DE FONDO AGUAS INTERNACIONALES Y TERCEROS PAISES</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>247.34</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>558.87</x:v>
       </x:c>
       <x:c r="E26" s="5" t="n">
         <x:v>759.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A27" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>58</x:v>
@@ -15232,74 +15232,74 @@
     <x:row>
       <x:c r="A30" s="1" t="str">
         <x:v>RASCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>855.93</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
         <x:v>2615.84</x:v>
       </x:c>
       <x:c r="E30" s="5" t="n">
         <x:v>3556.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A31" s="1" t="str">
         <x:v>VOLANTA EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2643.88</x:v>
+        <x:v>2670.32</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5825.80</x:v>
+        <x:v>5957.99</x:v>
       </x:c>
       <x:c r="E31" s="5" t="n">
-        <x:v>7921.5</x:v>
+        <x:v>8101.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A32" s="1" t="str">
         <x:v>TOTAL</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>8343</x:v>
+        <x:v>8324</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>302500.68</x:v>
+        <x:v>301135.38</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>732056.38</x:v>
+        <x:v>729778.65</x:v>
       </x:c>
       <x:c r="E32" s="5" t="n">
-        <x:v>995382.0</x:v>
+        <x:v>992285.1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
     <x:mergeCell ref="A2:E2"/>
   </x:mergeCells>
   <x:pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" scale="64" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>