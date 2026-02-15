--- v1 (2025-12-31)
+++ v2 (2026-02-15)
@@ -33,60 +33,60 @@
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x15">
   <x:fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <x:workbookPr filterPrivacy="1" hidePivotFieldList="1" defaultThemeVersion="153222"/>
   <x:bookViews>
     <x:workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435" tabRatio="904"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Sumas por puerto base" sheetId="15" r:id="R0b08661186214b56"/>
-[...1 lines deleted...]
-    <x:sheet name="Sumas por comunidad y modalidad" sheetId="17" r:id="Ree385f3318944a26"/>
+    <x:sheet name="Sumas por puerto base" sheetId="15" r:id="Rab2a94dc4bd34172"/>
+    <x:sheet name="Sumas por modalidad" sheetId="16" r:id="Rbeb2d691618d411a"/>
+    <x:sheet name="Sumas por comunidad y modalidad" sheetId="17" r:id="Rda69e17b810d4fe0"/>
     <x:sheet name="Distribución de potencia" sheetId="24" r:id="rId4"/>
     <x:sheet name="Potencia por comunidad" sheetId="22" r:id="rId5"/>
     <x:sheet name="Volumen por comunidad" sheetId="20" r:id="rId6"/>
     <x:sheet name="Potencia por provincia" sheetId="23" r:id="rId7"/>
     <x:sheet name="Volumen por provincia" sheetId="21" r:id="rId8"/>
-    <x:sheet name="Sumas por comunidad" sheetId="18" state="hidden" r:id="R41272067c0464cd1"/>
-    <x:sheet name="Sumas por provincia" sheetId="19" state="hidden" r:id="Rc3918db89ebf48ad"/>
+    <x:sheet name="Sumas por comunidad" sheetId="18" state="hidden" r:id="Rf9a4dd09aef8480b"/>
+    <x:sheet name="Sumas por provincia" sheetId="19" state="hidden" r:id="Re54564fa71d34612"/>
   </x:sheets>
   <x:definedNames>
     <x:definedName name="Aclaracion" localSheetId="8">'Sumas por comunidad'!$A$2</x:definedName>
     <x:definedName name="Aclaracion" localSheetId="2">'Sumas por comunidad y modalidad'!$A$2</x:definedName>
     <x:definedName name="Aclaracion" localSheetId="1">'Sumas por modalidad'!$A$2</x:definedName>
     <x:definedName name="Aclaracion" localSheetId="9">'Sumas por provincia'!$A$2</x:definedName>
     <x:definedName name="Aclaracion" localSheetId="0">'Sumas por puerto base'!$A$2</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="8">'Sumas por comunidad'!$C$5</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="2">'Sumas por comunidad y modalidad'!$D$5</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="1">'Sumas por modalidad'!$C$5</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="9">'Sumas por provincia'!$C$5</x:definedName>
     <x:definedName name="ArqueoGT" localSheetId="0">'Sumas por puerto base'!$E$5</x:definedName>
     <x:definedName name="Censo" localSheetId="2">'Sumas por comunidad y modalidad'!$B$5</x:definedName>
     <x:definedName name="Censo" localSheetId="1">'Sumas por modalidad'!$A$5</x:definedName>
     <x:definedName name="Comunidad" localSheetId="8">'Sumas por comunidad'!$A$5</x:definedName>
     <x:definedName name="Comunidad" localSheetId="2">'Sumas por comunidad y modalidad'!$A$5</x:definedName>
     <x:definedName name="Comunidad" localSheetId="0">'Sumas por puerto base'!$A$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="8">'Sumas por comunidad'!$B$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="2">'Sumas por comunidad y modalidad'!$C$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="1">'Sumas por modalidad'!$B$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="9">'Sumas por provincia'!$B$5</x:definedName>
     <x:definedName name="NumeroBuques" localSheetId="0">'Sumas por puerto base'!$D$5</x:definedName>
     <x:definedName name="PotenciaCV" localSheetId="8">'Sumas por comunidad'!$E$5</x:definedName>
     <x:definedName name="PotenciaCV" localSheetId="2">'Sumas por comunidad y modalidad'!$F$5</x:definedName>
     <x:definedName name="PotenciaCV" localSheetId="1">'Sumas por modalidad'!$E$5</x:definedName>
@@ -295,51 +295,51 @@
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Énfasis1" xfId="1" builtinId="29"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Texto explicativo" xfId="3" builtinId="53"/>
     <cellStyle name="Título 2" xfId="2" builtinId="17"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet5.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet4.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="Ree385f3318944a26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="Rcb4a4e37c6b148ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="R0b08661186214b56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Rc3918db89ebf48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="R41272067c0464cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet5.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet4.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet3.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet2.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartsheet" Target="chartsheets/sheet1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="Rda69e17b810d4fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet9.xml" Id="Rbeb2d691618d411a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet11.xml" Id="Rab2a94dc4bd34172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet13.xml" Id="Re54564fa71d34612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet15.xml" Id="Rf9a4dd09aef8480b" /></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
@@ -5517,219 +5517,219 @@
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="27.7109375" bestFit="1" customWidth="1"/>
     <x:col min="2" max="2" width="24.140625" bestFit="1" customWidth="1"/>
     <x:col min="3" max="3" width="27.7109375" bestFit="1" customWidth="1"/>
     <x:col min="4" max="4" width="13.42578125" bestFit="1" customWidth="1"/>
     <x:col min="5" max="5" width="11.7109375" bestFit="1" customWidth="1"/>
     <x:col min="6" max="6" width="13.42578125" bestFit="1" customWidth="1"/>
     <x:col min="7" max="7" width="13" bestFit="1" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" s="6" customFormat="1" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
       <x:c r="F1" s="7"/>
       <x:c r="G1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:7" s="6" customFormat="1" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="8" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/02/2026 06:27 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="8"/>
       <x:c r="C2" s="8"/>
       <x:c r="D2" s="8"/>
       <x:c r="E2" s="8"/>
       <x:c r="F2" s="8"/>
       <x:c r="G2" s="8"/>
     </x:row>
     <x:row r="3" spans="1:7" s="6" customFormat="1" x14ac:dyDescent="0.25"/>
     <x:row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
         <x:v>ANDALUCÍA</x:v>
       </x:c>
       <x:c r="B5" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C5" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D5" s="3" t="n">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="E5" s="4" t="n">
-        <x:v>28499.68</x:v>
+        <x:v>28510.02</x:v>
       </x:c>
       <x:c r="F5" s="4" t="n">
-        <x:v>101114.38</x:v>
+        <x:v>101044.88</x:v>
       </x:c>
       <x:c r="G5" s="5" t="n">
-        <x:v>137488.4</x:v>
+        <x:v>137393.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A6" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B6" s="1" t="str">
         <x:v>ALMERÍA</x:v>
       </x:c>
       <x:c r="C6" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>228</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>6054.93</x:v>
+        <x:v>6061.36</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>18281.65</x:v>
+        <x:v>18213.26</x:v>
       </x:c>
       <x:c r="G6" s="5" t="n">
-        <x:v>24858.2</x:v>
+        <x:v>24765.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B7" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C7" s="1" t="str">
         <x:v>Adra</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>676.01</x:v>
+        <x:v>815.40</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>2927.75</x:v>
+        <x:v>3304.95</x:v>
       </x:c>
       <x:c r="G7" s="5" t="n">
-        <x:v>3981.0</x:v>
+        <x:v>4493.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B8" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C8" s="1" t="str">
         <x:v>Almería</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>2084.25</x:v>
+        <x:v>2072.21</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>6462.67</x:v>
+        <x:v>6322.96</x:v>
       </x:c>
       <x:c r="G8" s="5" t="n">
-        <x:v>8787.6</x:v>
+        <x:v>8597.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B9" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C9" s="1" t="str">
         <x:v>Carboneras</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>2219.14</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5517.86</x:v>
       </x:c>
       <x:c r="G9" s="5" t="n">
         <x:v>7502.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A10" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B10" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C10" s="1" t="str">
         <x:v>Garrucha</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>801.94</x:v>
+        <x:v>681.02</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2215.21</x:v>
+        <x:v>1909.33</x:v>
       </x:c>
       <x:c r="G10" s="5" t="n">
-        <x:v>3011.9</x:v>
+        <x:v>2596.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A11" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B11" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C11" s="1" t="str">
         <x:v>Roquetas De Mar</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>273.59</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1158.16</x:v>
       </x:c>
       <x:c r="G11" s="5" t="n">
         <x:v>1575.0</x:v>
       </x:c>
     </x:row>
@@ -5745,83 +5745,83 @@
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>434</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>5100.65</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>24239.36</x:v>
       </x:c>
       <x:c r="G12" s="5" t="n">
         <x:v>32960.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A13" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B13" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C13" s="1" t="str">
         <x:v>Algeciras</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>513.99</x:v>
+        <x:v>510.15</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1831.31</x:v>
+        <x:v>1787.18</x:v>
       </x:c>
       <x:c r="G13" s="5" t="n">
-        <x:v>2490.1</x:v>
+        <x:v>2430.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A14" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B14" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C14" s="1" t="str">
         <x:v>Barbate</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>1097.67</x:v>
+        <x:v>1104.34</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>5498.73</x:v>
+        <x:v>5526.67</x:v>
       </x:c>
       <x:c r="G14" s="5" t="n">
-        <x:v>7476.9</x:v>
+        <x:v>7514.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A15" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B15" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C15" s="1" t="str">
         <x:v>Cadiz</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>56.77</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
         <x:v>259.58</x:v>
       </x:c>
       <x:c r="G15" s="5" t="n">
         <x:v>352.9</x:v>
       </x:c>
     </x:row>
@@ -5998,129 +5998,129 @@
       </x:c>
       <x:c r="D23" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>9.01</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
         <x:v>44.11</x:v>
       </x:c>
       <x:c r="G23" s="5" t="n">
         <x:v>60.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A24" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B24" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C24" s="1" t="str">
         <x:v>Sanlucar De Barrameda</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>1656.44</x:v>
+        <x:v>1649.77</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>7633.04</x:v>
+        <x:v>7605.10</x:v>
       </x:c>
       <x:c r="G24" s="5" t="n">
-        <x:v>10379.1</x:v>
+        <x:v>10341.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A25" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B25" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C25" s="1" t="str">
         <x:v>Tarifa</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>367.38</x:v>
+        <x:v>371.22</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>2512.84</x:v>
+        <x:v>2556.97</x:v>
       </x:c>
       <x:c r="G25" s="5" t="n">
-        <x:v>3417.3</x:v>
+        <x:v>3477.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A26" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B26" s="1" t="str">
         <x:v>GRANADA</x:v>
       </x:c>
       <x:c r="C26" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D26" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>1007.17</x:v>
+        <x:v>1029.55</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>2832.94</x:v>
+        <x:v>2902.79</x:v>
       </x:c>
       <x:c r="G26" s="5" t="n">
-        <x:v>3852.0</x:v>
+        <x:v>3947.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A27" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B27" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C27" s="1" t="str">
         <x:v>Motril</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1007.17</x:v>
+        <x:v>1029.55</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>2832.94</x:v>
+        <x:v>2902.79</x:v>
       </x:c>
       <x:c r="G27" s="5" t="n">
-        <x:v>3852.0</x:v>
+        <x:v>3947.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A28" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B28" s="1" t="str">
         <x:v>HUELVA</x:v>
       </x:c>
       <x:c r="C28" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>13032.76</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
         <x:v>42929.80</x:v>
       </x:c>
       <x:c r="G28" s="5" t="n">
         <x:v>58371.3</x:v>
       </x:c>
     </x:row>
@@ -6136,60 +6136,60 @@
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>1231.83</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
         <x:v>4567.53</x:v>
       </x:c>
       <x:c r="G29" s="5" t="n">
         <x:v>6210.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A30" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B30" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C30" s="1" t="str">
         <x:v>Huelva</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>5947.77</x:v>
+        <x:v>5946.50</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>11478.68</x:v>
+        <x:v>11463.97</x:v>
       </x:c>
       <x:c r="G30" s="5" t="n">
-        <x:v>15607.0</x:v>
+        <x:v>15587.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A31" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B31" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C31" s="1" t="str">
         <x:v>Isla Cristina</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>3426.25</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
         <x:v>15324.47</x:v>
       </x:c>
       <x:c r="G31" s="5" t="n">
         <x:v>20836.6</x:v>
       </x:c>
     </x:row>
@@ -6228,129 +6228,129 @@
       </x:c>
       <x:c r="D33" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>5.38</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
         <x:v>95.46</x:v>
       </x:c>
       <x:c r="G33" s="5" t="n">
         <x:v>129.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A34" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B34" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C34" s="1" t="str">
         <x:v>Punta Umbria</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1495.31</x:v>
+        <x:v>1496.58</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>7927.38</x:v>
+        <x:v>7942.09</x:v>
       </x:c>
       <x:c r="G34" s="5" t="n">
-        <x:v>10779.2</x:v>
+        <x:v>10799.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A35" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B35" s="1" t="str">
         <x:v>MÁLAGA</x:v>
       </x:c>
       <x:c r="C35" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D35" s="3" t="n">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>3304.17</x:v>
+        <x:v>3285.70</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>12830.63</x:v>
+        <x:v>12759.67</x:v>
       </x:c>
       <x:c r="G35" s="5" t="n">
-        <x:v>17446.7</x:v>
+        <x:v>17350.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A36" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B36" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C36" s="1" t="str">
         <x:v>Estepona</x:v>
       </x:c>
       <x:c r="D36" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>659.87</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>2539.79</x:v>
+        <x:v>2540.15</x:v>
       </x:c>
       <x:c r="G36" s="5" t="n">
-        <x:v>3453.7</x:v>
+        <x:v>3454.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A37" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B37" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C37" s="1" t="str">
         <x:v>Fuengirola</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>457.84</x:v>
+        <x:v>439.37</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>1831.55</x:v>
+        <x:v>1760.23</x:v>
       </x:c>
       <x:c r="G37" s="5" t="n">
-        <x:v>2490.7</x:v>
+        <x:v>2393.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A38" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B38" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C38" s="1" t="str">
         <x:v>Málaga</x:v>
       </x:c>
       <x:c r="D38" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>54.34</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
         <x:v>391.90</x:v>
       </x:c>
       <x:c r="G38" s="5" t="n">
         <x:v>533.0</x:v>
       </x:c>
     </x:row>
@@ -6389,175 +6389,175 @@
       </x:c>
       <x:c r="D40" s="3" t="n">
         <x:v>85</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>1725.38</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
         <x:v>6173.30</x:v>
       </x:c>
       <x:c r="G40" s="5" t="n">
         <x:v>8393.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A41" s="1" t="str">
         <x:v>CANARIAS</x:v>
       </x:c>
       <x:c r="B41" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C41" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D41" s="3" t="n">
-        <x:v>710</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>17172.03</x:v>
+        <x:v>16987.26</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>42691.99</x:v>
+        <x:v>42405.23</x:v>
       </x:c>
       <x:c r="G41" s="5" t="n">
-        <x:v>58049.7</x:v>
+        <x:v>57659.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A42" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B42" s="1" t="str">
         <x:v>LAS PALMAS</x:v>
       </x:c>
       <x:c r="C42" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D42" s="3" t="n">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>14906.51</x:v>
+        <x:v>14741.70</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>30937.96</x:v>
+        <x:v>30757.85</x:v>
       </x:c>
       <x:c r="G42" s="5" t="n">
-        <x:v>42066.9</x:v>
+        <x:v>41822.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A43" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B43" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C43" s="1" t="str">
         <x:v>Agaete</x:v>
       </x:c>
       <x:c r="D43" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
         <x:v>61.23</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
         <x:v>459.19</x:v>
       </x:c>
       <x:c r="G43" s="5" t="n">
         <x:v>624.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A44" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B44" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C44" s="1" t="str">
         <x:v>Arguineguín</x:v>
       </x:c>
       <x:c r="D44" s="3" t="n">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>395.32</x:v>
+        <x:v>391.69</x:v>
       </x:c>
       <x:c r="F44" s="4" t="n">
-        <x:v>1949.27</x:v>
+        <x:v>1890.45</x:v>
       </x:c>
       <x:c r="G44" s="5" t="n">
-        <x:v>2650.9</x:v>
+        <x:v>2570.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A45" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B45" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C45" s="1" t="str">
         <x:v>Arrecife de Lanzarote</x:v>
       </x:c>
       <x:c r="D45" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>1311.08</x:v>
+        <x:v>1312.29</x:v>
       </x:c>
       <x:c r="F45" s="4" t="n">
-        <x:v>4408.08</x:v>
+        <x:v>4414.70</x:v>
       </x:c>
       <x:c r="G45" s="5" t="n">
-        <x:v>5993.7</x:v>
+        <x:v>6002.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A46" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B46" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C46" s="1" t="str">
         <x:v>Caleta del Sebo, La Graciosa</x:v>
       </x:c>
       <x:c r="D46" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>162.87</x:v>
+        <x:v>181.24</x:v>
       </x:c>
       <x:c r="F46" s="4" t="n">
-        <x:v>1181.35</x:v>
+        <x:v>1269.61</x:v>
       </x:c>
       <x:c r="G46" s="5" t="n">
-        <x:v>1606.5</x:v>
+        <x:v>1726.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A47" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B47" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C47" s="1" t="str">
         <x:v>Castillo del Romeral</x:v>
       </x:c>
       <x:c r="D47" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>36.33</x:v>
       </x:c>
       <x:c r="F47" s="4" t="n">
         <x:v>392.90</x:v>
       </x:c>
       <x:c r="G47" s="5" t="n">
         <x:v>534.3</x:v>
       </x:c>
     </x:row>
@@ -6642,129 +6642,129 @@
       </x:c>
       <x:c r="D51" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>3.03</x:v>
       </x:c>
       <x:c r="F51" s="4" t="n">
         <x:v>52.96</x:v>
       </x:c>
       <x:c r="G51" s="5" t="n">
         <x:v>72.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A52" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B52" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C52" s="1" t="str">
         <x:v>Las Palmas - Puerto de la Luz</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>12195.80</x:v>
+        <x:v>12009.57</x:v>
       </x:c>
       <x:c r="F52" s="4" t="n">
-        <x:v>16714.86</x:v>
+        <x:v>16428.10</x:v>
       </x:c>
       <x:c r="G52" s="5" t="n">
-        <x:v>22726.1</x:v>
+        <x:v>22336.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A53" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B53" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C53" s="1" t="str">
         <x:v>Mogán</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
         <x:v>105.90</x:v>
       </x:c>
       <x:c r="F53" s="4" t="n">
         <x:v>679.51</x:v>
       </x:c>
       <x:c r="G53" s="5" t="n">
         <x:v>924.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A54" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B54" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C54" s="1" t="str">
         <x:v>Morro Jable</x:v>
       </x:c>
       <x:c r="D54" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>74.31</x:v>
+        <x:v>78.68</x:v>
       </x:c>
       <x:c r="F54" s="4" t="n">
-        <x:v>628.31</x:v>
+        <x:v>701.84</x:v>
       </x:c>
       <x:c r="G54" s="5" t="n">
-        <x:v>854.5</x:v>
+        <x:v>954.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A55" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B55" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C55" s="1" t="str">
         <x:v>Orzola</x:v>
       </x:c>
       <x:c r="D55" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>36.41</x:v>
+        <x:v>37.51</x:v>
       </x:c>
       <x:c r="F55" s="4" t="n">
-        <x:v>299.93</x:v>
+        <x:v>296.99</x:v>
       </x:c>
       <x:c r="G55" s="5" t="n">
-        <x:v>407.9</x:v>
+        <x:v>403.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A56" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B56" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C56" s="1" t="str">
         <x:v>Playa Blanca</x:v>
       </x:c>
       <x:c r="D56" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>46.12</x:v>
       </x:c>
       <x:c r="F56" s="4" t="n">
         <x:v>554.10</x:v>
       </x:c>
       <x:c r="G56" s="5" t="n">
         <x:v>753.5</x:v>
       </x:c>
     </x:row>
@@ -6849,60 +6849,60 @@
       </x:c>
       <x:c r="D60" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
         <x:v>40.92</x:v>
       </x:c>
       <x:c r="F60" s="4" t="n">
         <x:v>383.24</x:v>
       </x:c>
       <x:c r="G60" s="5" t="n">
         <x:v>521.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A61" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B61" s="1" t="str">
         <x:v>SANTA CRUZ DE TENERIFE</x:v>
       </x:c>
       <x:c r="C61" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D61" s="3" t="n">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>2265.52</x:v>
+        <x:v>2245.56</x:v>
       </x:c>
       <x:c r="F61" s="4" t="n">
-        <x:v>11754.03</x:v>
+        <x:v>11647.38</x:v>
       </x:c>
       <x:c r="G61" s="5" t="n">
-        <x:v>15982.8</x:v>
+        <x:v>15837.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A62" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B62" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C62" s="1" t="str">
         <x:v>Candelaria</x:v>
       </x:c>
       <x:c r="D62" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
         <x:v>32.71</x:v>
       </x:c>
       <x:c r="F62" s="4" t="n">
         <x:v>510.81</x:v>
       </x:c>
       <x:c r="G62" s="5" t="n">
         <x:v>694.7</x:v>
       </x:c>
     </x:row>
@@ -7033,60 +7033,60 @@
       </x:c>
       <x:c r="D68" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>46.61</x:v>
       </x:c>
       <x:c r="F68" s="4" t="n">
         <x:v>236.04</x:v>
       </x:c>
       <x:c r="G68" s="5" t="n">
         <x:v>321.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A69" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B69" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C69" s="1" t="str">
         <x:v>Los Cristianos</x:v>
       </x:c>
       <x:c r="D69" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>265.39</x:v>
+        <x:v>249.80</x:v>
       </x:c>
       <x:c r="F69" s="4" t="n">
-        <x:v>1497.56</x:v>
+        <x:v>1464.44</x:v>
       </x:c>
       <x:c r="G69" s="5" t="n">
-        <x:v>2036.3</x:v>
+        <x:v>1991.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A70" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B70" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C70" s="1" t="str">
         <x:v>Playa de Santiago</x:v>
       </x:c>
       <x:c r="D70" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>40.46</x:v>
       </x:c>
       <x:c r="F70" s="4" t="n">
         <x:v>218.09</x:v>
       </x:c>
       <x:c r="G70" s="5" t="n">
         <x:v>296.6</x:v>
       </x:c>
     </x:row>
@@ -7194,60 +7194,60 @@
       </x:c>
       <x:c r="D75" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>4.50</x:v>
       </x:c>
       <x:c r="F75" s="4" t="n">
         <x:v>38.24</x:v>
       </x:c>
       <x:c r="G75" s="5" t="n">
         <x:v>52.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A76" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B76" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C76" s="1" t="str">
         <x:v>San Miguel de Tajao</x:v>
       </x:c>
       <x:c r="D76" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>56.89</x:v>
+        <x:v>52.52</x:v>
       </x:c>
       <x:c r="F76" s="4" t="n">
-        <x:v>578.93</x:v>
+        <x:v>505.40</x:v>
       </x:c>
       <x:c r="G76" s="5" t="n">
-        <x:v>787.3</x:v>
+        <x:v>687.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A77" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B77" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C77" s="1" t="str">
         <x:v>Santa Cruz de La Palma</x:v>
       </x:c>
       <x:c r="D77" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>38.34</x:v>
       </x:c>
       <x:c r="F77" s="4" t="n">
         <x:v>436.78</x:v>
       </x:c>
       <x:c r="G77" s="5" t="n">
         <x:v>594.0</x:v>
       </x:c>
     </x:row>
@@ -7312,97 +7312,97 @@
       </x:c>
       <x:c r="E80" s="4" t="n">
         <x:v>187.87</x:v>
       </x:c>
       <x:c r="F80" s="4" t="n">
         <x:v>804.44</x:v>
       </x:c>
       <x:c r="G80" s="5" t="n">
         <x:v>1093.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A81" s="1" t="str">
         <x:v>CANTABRIA</x:v>
       </x:c>
       <x:c r="B81" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C81" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D81" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>6545.67</x:v>
+        <x:v>6545.33</x:v>
       </x:c>
       <x:c r="F81" s="4" t="n">
         <x:v>17113.08</x:v>
       </x:c>
       <x:c r="G81" s="5" t="n">
         <x:v>23268.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A82" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B82" s="1" t="str">
         <x:v>CANTABRIA</x:v>
       </x:c>
       <x:c r="C82" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D82" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>6545.67</x:v>
+        <x:v>6545.33</x:v>
       </x:c>
       <x:c r="F82" s="4" t="n">
         <x:v>17113.08</x:v>
       </x:c>
       <x:c r="G82" s="5" t="n">
         <x:v>23268.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A83" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B83" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C83" s="1" t="str">
         <x:v>Castro Urdiales</x:v>
       </x:c>
       <x:c r="D83" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
-        <x:v>72.92</x:v>
+        <x:v>72.58</x:v>
       </x:c>
       <x:c r="F83" s="4" t="n">
         <x:v>534.58</x:v>
       </x:c>
       <x:c r="G83" s="5" t="n">
         <x:v>727.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A84" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B84" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C84" s="1" t="str">
         <x:v>Colindres</x:v>
       </x:c>
       <x:c r="D84" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>1391.02</x:v>
       </x:c>
       <x:c r="F84" s="4" t="n">
@@ -7539,60 +7539,60 @@
       </x:c>
       <x:c r="D90" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E90" s="4" t="n">
         <x:v>171.13</x:v>
       </x:c>
       <x:c r="F90" s="4" t="n">
         <x:v>681.70</x:v>
       </x:c>
       <x:c r="G90" s="5" t="n">
         <x:v>926.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A91" s="1" t="str">
         <x:v>CATALUÑA</x:v>
       </x:c>
       <x:c r="B91" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C91" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D91" s="3" t="n">
-        <x:v>577</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
-        <x:v>15174.53</x:v>
+        <x:v>15136.50</x:v>
       </x:c>
       <x:c r="F91" s="4" t="n">
-        <x:v>69605.25</x:v>
+        <x:v>69405.61</x:v>
       </x:c>
       <x:c r="G91" s="5" t="n">
-        <x:v>94641.6</x:v>
+        <x:v>94370.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A92" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B92" s="1" t="str">
         <x:v>BARCELONA</x:v>
       </x:c>
       <x:c r="C92" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D92" s="3" t="n">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
         <x:v>3574.32</x:v>
       </x:c>
       <x:c r="F92" s="4" t="n">
         <x:v>15708.85</x:v>
       </x:c>
       <x:c r="G92" s="5" t="n">
         <x:v>21359.2</x:v>
       </x:c>
     </x:row>
@@ -7746,83 +7746,83 @@
       </x:c>
       <x:c r="D99" s="3" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>1257.24</x:v>
       </x:c>
       <x:c r="F99" s="4" t="n">
         <x:v>5553.82</x:v>
       </x:c>
       <x:c r="G99" s="5" t="n">
         <x:v>7551.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A100" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B100" s="1" t="str">
         <x:v>GIRONA</x:v>
       </x:c>
       <x:c r="C100" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D100" s="3" t="n">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>5190.18</x:v>
+        <x:v>5162.46</x:v>
       </x:c>
       <x:c r="F100" s="4" t="n">
-        <x:v>22679.39</x:v>
+        <x:v>22545.20</x:v>
       </x:c>
       <x:c r="G100" s="5" t="n">
-        <x:v>30836.9</x:v>
+        <x:v>30654.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A101" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B101" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C101" s="1" t="str">
         <x:v>Blanes</x:v>
       </x:c>
       <x:c r="D101" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E101" s="4" t="n">
-        <x:v>1241.94</x:v>
+        <x:v>1236.60</x:v>
       </x:c>
       <x:c r="F101" s="4" t="n">
-        <x:v>5521.04</x:v>
+        <x:v>5456.70</x:v>
       </x:c>
       <x:c r="G101" s="5" t="n">
-        <x:v>7506.9</x:v>
+        <x:v>7419.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A102" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B102" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C102" s="1" t="str">
         <x:v>Cadaques</x:v>
       </x:c>
       <x:c r="D102" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E102" s="4" t="n">
         <x:v>4.71</x:v>
       </x:c>
       <x:c r="F102" s="4" t="n">
         <x:v>71.49</x:v>
       </x:c>
       <x:c r="G102" s="5" t="n">
         <x:v>97.2</x:v>
       </x:c>
     </x:row>
@@ -7907,60 +7907,60 @@
       </x:c>
       <x:c r="D106" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E106" s="4" t="n">
         <x:v>3.56</x:v>
       </x:c>
       <x:c r="F106" s="4" t="n">
         <x:v>64.34</x:v>
       </x:c>
       <x:c r="G106" s="5" t="n">
         <x:v>87.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A107" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B107" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C107" s="1" t="str">
         <x:v>Palamós</x:v>
       </x:c>
       <x:c r="D107" s="3" t="n">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E107" s="4" t="n">
-        <x:v>1250.90</x:v>
+        <x:v>1228.52</x:v>
       </x:c>
       <x:c r="F107" s="4" t="n">
-        <x:v>6014.37</x:v>
+        <x:v>5944.52</x:v>
       </x:c>
       <x:c r="G107" s="5" t="n">
-        <x:v>8177.6</x:v>
+        <x:v>8082.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A108" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B108" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C108" s="1" t="str">
         <x:v>Port de la Selva</x:v>
       </x:c>
       <x:c r="D108" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E108" s="4" t="n">
         <x:v>311.85</x:v>
       </x:c>
       <x:c r="F108" s="4" t="n">
         <x:v>1119.26</x:v>
       </x:c>
       <x:c r="G108" s="5" t="n">
         <x:v>1521.8</x:v>
       </x:c>
     </x:row>
@@ -7999,60 +7999,60 @@
       </x:c>
       <x:c r="D110" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="E110" s="4" t="n">
         <x:v>133.43</x:v>
       </x:c>
       <x:c r="F110" s="4" t="n">
         <x:v>820.37</x:v>
       </x:c>
       <x:c r="G110" s="5" t="n">
         <x:v>1115.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A111" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B111" s="1" t="str">
         <x:v>TARRAGONA</x:v>
       </x:c>
       <x:c r="C111" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D111" s="3" t="n">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="E111" s="4" t="n">
-        <x:v>6410.03</x:v>
+        <x:v>6399.72</x:v>
       </x:c>
       <x:c r="F111" s="4" t="n">
-        <x:v>31217.01</x:v>
+        <x:v>31151.56</x:v>
       </x:c>
       <x:c r="G111" s="5" t="n">
-        <x:v>42445.5</x:v>
+        <x:v>42356.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A112" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B112" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C112" s="1" t="str">
         <x:v>Ampolla</x:v>
       </x:c>
       <x:c r="D112" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E112" s="4" t="n">
         <x:v>49.17</x:v>
       </x:c>
       <x:c r="F112" s="4" t="n">
         <x:v>441.63</x:v>
       </x:c>
       <x:c r="G112" s="5" t="n">
         <x:v>600.5</x:v>
       </x:c>
     </x:row>
@@ -8117,80 +8117,80 @@
       </x:c>
       <x:c r="E115" s="4" t="n">
         <x:v>186.92</x:v>
       </x:c>
       <x:c r="F115" s="4" t="n">
         <x:v>843.37</x:v>
       </x:c>
       <x:c r="G115" s="5" t="n">
         <x:v>1146.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A116" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B116" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C116" s="1" t="str">
         <x:v>Deltebre</x:v>
       </x:c>
       <x:c r="D116" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="E116" s="4" t="n">
-        <x:v>79.63</x:v>
+        <x:v>80.64</x:v>
       </x:c>
       <x:c r="F116" s="4" t="n">
-        <x:v>776.70</x:v>
+        <x:v>781.83</x:v>
       </x:c>
       <x:c r="G116" s="5" t="n">
-        <x:v>1056.2</x:v>
+        <x:v>1063.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A117" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B117" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C117" s="1" t="str">
         <x:v>La Ametlla De Mar</x:v>
       </x:c>
       <x:c r="D117" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="E117" s="4" t="n">
-        <x:v>2334.64</x:v>
+        <x:v>2323.32</x:v>
       </x:c>
       <x:c r="F117" s="4" t="n">
-        <x:v>13084.23</x:v>
+        <x:v>13013.65</x:v>
       </x:c>
       <x:c r="G117" s="5" t="n">
-        <x:v>17790.0</x:v>
+        <x:v>17694.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A118" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B118" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C118" s="1" t="str">
         <x:v>San Carlos de la Rápita</x:v>
       </x:c>
       <x:c r="D118" s="3" t="n">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E118" s="4" t="n">
         <x:v>1744.14</x:v>
       </x:c>
       <x:c r="F118" s="4" t="n">
         <x:v>7563.77</x:v>
       </x:c>
       <x:c r="G118" s="5" t="n">
         <x:v>10284.8</x:v>
       </x:c>
     </x:row>
@@ -8229,152 +8229,152 @@
       </x:c>
       <x:c r="D120" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E120" s="4" t="n">
         <x:v>41.68</x:v>
       </x:c>
       <x:c r="F120" s="4" t="n">
         <x:v>196.11</x:v>
       </x:c>
       <x:c r="G120" s="5" t="n">
         <x:v>266.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A121" s="1" t="str">
         <x:v>CEUTA</x:v>
       </x:c>
       <x:c r="B121" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C121" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D121" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E121" s="4" t="n">
-        <x:v>44.20</x:v>
+        <x:v>35.09</x:v>
       </x:c>
       <x:c r="F121" s="4" t="n">
-        <x:v>360.99</x:v>
+        <x:v>266.85</x:v>
       </x:c>
       <x:c r="G121" s="5" t="n">
-        <x:v>490.8</x:v>
+        <x:v>362.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A122" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B122" s="1" t="str">
         <x:v>CEUTA</x:v>
       </x:c>
       <x:c r="C122" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D122" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E122" s="4" t="n">
-        <x:v>44.20</x:v>
+        <x:v>35.09</x:v>
       </x:c>
       <x:c r="F122" s="4" t="n">
-        <x:v>360.99</x:v>
+        <x:v>266.85</x:v>
       </x:c>
       <x:c r="G122" s="5" t="n">
-        <x:v>490.8</x:v>
+        <x:v>362.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A123" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B123" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C123" s="1" t="str">
         <x:v>Ceuta</x:v>
       </x:c>
       <x:c r="D123" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E123" s="4" t="n">
-        <x:v>44.20</x:v>
+        <x:v>35.09</x:v>
       </x:c>
       <x:c r="F123" s="4" t="n">
-        <x:v>360.99</x:v>
+        <x:v>266.85</x:v>
       </x:c>
       <x:c r="G123" s="5" t="n">
-        <x:v>490.8</x:v>
+        <x:v>362.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A124" s="1" t="str">
         <x:v>COMUNITAT VALENCIANA</x:v>
       </x:c>
       <x:c r="B124" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C124" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D124" s="3" t="n">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E124" s="4" t="n">
-        <x:v>16717.13</x:v>
+        <x:v>16599.22</x:v>
       </x:c>
       <x:c r="F124" s="4" t="n">
-        <x:v>58720.94</x:v>
+        <x:v>58559.18</x:v>
       </x:c>
       <x:c r="G124" s="5" t="n">
-        <x:v>79842.6</x:v>
+        <x:v>79622.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A125" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B125" s="1" t="str">
         <x:v>ALICANTE/ALACANT</x:v>
       </x:c>
       <x:c r="C125" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D125" s="3" t="n">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E125" s="4" t="n">
-        <x:v>9871.49</x:v>
+        <x:v>9959.04</x:v>
       </x:c>
       <x:c r="F125" s="4" t="n">
-        <x:v>32470.73</x:v>
+        <x:v>32878.82</x:v>
       </x:c>
       <x:c r="G125" s="5" t="n">
-        <x:v>44149.6</x:v>
+        <x:v>44704.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A126" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B126" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C126" s="1" t="str">
         <x:v>Alicante</x:v>
       </x:c>
       <x:c r="D126" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E126" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
       <x:c r="F126" s="4" t="n">
         <x:v>78.67</x:v>
       </x:c>
       <x:c r="G126" s="5" t="n">
         <x:v>107.0</x:v>
       </x:c>
     </x:row>
@@ -8574,60 +8574,60 @@
       </x:c>
       <x:c r="D135" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E135" s="4" t="n">
         <x:v>11.16</x:v>
       </x:c>
       <x:c r="F135" s="4" t="n">
         <x:v>80.88</x:v>
       </x:c>
       <x:c r="G135" s="5" t="n">
         <x:v>110.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A136" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B136" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C136" s="1" t="str">
         <x:v>Santa Pola</x:v>
       </x:c>
       <x:c r="D136" s="3" t="n">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E136" s="4" t="n">
-        <x:v>3770.37</x:v>
+        <x:v>3857.92</x:v>
       </x:c>
       <x:c r="F136" s="4" t="n">
-        <x:v>11207.28</x:v>
+        <x:v>11615.37</x:v>
       </x:c>
       <x:c r="G136" s="5" t="n">
-        <x:v>15238.4</x:v>
+        <x:v>15793.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A137" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B137" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C137" s="1" t="str">
         <x:v>Torrevieja</x:v>
       </x:c>
       <x:c r="D137" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E137" s="4" t="n">
         <x:v>117.19</x:v>
       </x:c>
       <x:c r="F137" s="4" t="n">
         <x:v>624.06</x:v>
       </x:c>
       <x:c r="G137" s="5" t="n">
         <x:v>848.5</x:v>
       </x:c>
     </x:row>
@@ -8643,221 +8643,221 @@
       </x:c>
       <x:c r="D138" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E138" s="4" t="n">
         <x:v>2149.64</x:v>
       </x:c>
       <x:c r="F138" s="4" t="n">
         <x:v>7314.76</x:v>
       </x:c>
       <x:c r="G138" s="5" t="n">
         <x:v>9945.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A139" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B139" s="1" t="str">
         <x:v>CASTELLÓN/CASTELLÓ</x:v>
       </x:c>
       <x:c r="C139" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D139" s="3" t="n">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E139" s="4" t="n">
-        <x:v>5306.88</x:v>
+        <x:v>5113.55</x:v>
       </x:c>
       <x:c r="F139" s="4" t="n">
-        <x:v>19489.66</x:v>
+        <x:v>18963.93</x:v>
       </x:c>
       <x:c r="G139" s="5" t="n">
-        <x:v>26500.3</x:v>
+        <x:v>25785.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A140" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B140" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C140" s="1" t="str">
         <x:v>Benicarlo</x:v>
       </x:c>
       <x:c r="D140" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E140" s="4" t="n">
         <x:v>864.62</x:v>
       </x:c>
       <x:c r="F140" s="4" t="n">
         <x:v>2705.17</x:v>
       </x:c>
       <x:c r="G140" s="5" t="n">
         <x:v>3678.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A141" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B141" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C141" s="1" t="str">
         <x:v>Burriana</x:v>
       </x:c>
       <x:c r="D141" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E141" s="4" t="n">
-        <x:v>793.98</x:v>
+        <x:v>726.43</x:v>
       </x:c>
       <x:c r="F141" s="4" t="n">
-        <x:v>2898.91</x:v>
+        <x:v>2704.06</x:v>
       </x:c>
       <x:c r="G141" s="5" t="n">
-        <x:v>3941.7</x:v>
+        <x:v>3676.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A142" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B142" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C142" s="1" t="str">
         <x:v>Castellon de la Plana (El Grao)</x:v>
       </x:c>
       <x:c r="D142" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E142" s="4" t="n">
-        <x:v>2157.18</x:v>
+        <x:v>2027.40</x:v>
       </x:c>
       <x:c r="F142" s="4" t="n">
-        <x:v>7693.34</x:v>
+        <x:v>7325.69</x:v>
       </x:c>
       <x:c r="G142" s="5" t="n">
-        <x:v>10460.4</x:v>
+        <x:v>9960.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A143" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B143" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C143" s="1" t="str">
         <x:v>Peñíscola</x:v>
       </x:c>
       <x:c r="D143" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E143" s="4" t="n">
         <x:v>866.20</x:v>
       </x:c>
       <x:c r="F143" s="4" t="n">
         <x:v>3393.83</x:v>
       </x:c>
       <x:c r="G143" s="5" t="n">
         <x:v>4614.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A144" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B144" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C144" s="1" t="str">
         <x:v>Vinaroz</x:v>
       </x:c>
       <x:c r="D144" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="E144" s="4" t="n">
-        <x:v>624.90</x:v>
+        <x:v>628.90</x:v>
       </x:c>
       <x:c r="F144" s="4" t="n">
-        <x:v>2798.41</x:v>
+        <x:v>2835.18</x:v>
       </x:c>
       <x:c r="G144" s="5" t="n">
-        <x:v>3805.1</x:v>
+        <x:v>3855.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A145" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B145" s="1" t="str">
         <x:v>VALENCIA/VALÈNCIA</x:v>
       </x:c>
       <x:c r="C145" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D145" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="E145" s="4" t="n">
-        <x:v>1538.76</x:v>
+        <x:v>1526.63</x:v>
       </x:c>
       <x:c r="F145" s="4" t="n">
-        <x:v>6760.55</x:v>
+        <x:v>6716.43</x:v>
       </x:c>
       <x:c r="G145" s="5" t="n">
-        <x:v>9192.7</x:v>
+        <x:v>9132.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A146" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B146" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C146" s="1" t="str">
         <x:v>Cullera</x:v>
       </x:c>
       <x:c r="D146" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="E146" s="4" t="n">
-        <x:v>741.12</x:v>
+        <x:v>728.99</x:v>
       </x:c>
       <x:c r="F146" s="4" t="n">
-        <x:v>3109.03</x:v>
+        <x:v>3064.91</x:v>
       </x:c>
       <x:c r="G146" s="5" t="n">
-        <x:v>4227.4</x:v>
+        <x:v>4167.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A147" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B147" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C147" s="1" t="str">
         <x:v>Gandia</x:v>
       </x:c>
       <x:c r="D147" s="3" t="n">
         <x:v>30</x:v>
       </x:c>
       <x:c r="E147" s="4" t="n">
         <x:v>448.99</x:v>
       </x:c>
       <x:c r="F147" s="4" t="n">
         <x:v>2131.35</x:v>
       </x:c>
       <x:c r="G147" s="5" t="n">
         <x:v>2898.2</x:v>
       </x:c>
     </x:row>
@@ -8896,83 +8896,83 @@
       </x:c>
       <x:c r="D149" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E149" s="4" t="n">
         <x:v>336.83</x:v>
       </x:c>
       <x:c r="F149" s="4" t="n">
         <x:v>1430.46</x:v>
       </x:c>
       <x:c r="G149" s="5" t="n">
         <x:v>1945.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A150" s="1" t="str">
         <x:v>GALICIA</x:v>
       </x:c>
       <x:c r="B150" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C150" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D150" s="3" t="n">
-        <x:v>4125</x:v>
+        <x:v>4122</x:v>
       </x:c>
       <x:c r="E150" s="4" t="n">
-        <x:v>130636.21</x:v>
+        <x:v>130636.70</x:v>
       </x:c>
       <x:c r="F150" s="4" t="n">
-        <x:v>270890.47</x:v>
+        <x:v>270832.35</x:v>
       </x:c>
       <x:c r="G150" s="5" t="n">
-        <x:v>368336.9</x:v>
+        <x:v>368257.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A151" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B151" s="1" t="str">
         <x:v>A CORUÑA</x:v>
       </x:c>
       <x:c r="C151" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D151" s="3" t="n">
-        <x:v>2140</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="E151" s="4" t="n">
-        <x:v>28979.89</x:v>
+        <x:v>28976.80</x:v>
       </x:c>
       <x:c r="F151" s="4" t="n">
-        <x:v>94147.35</x:v>
+        <x:v>94085.63</x:v>
       </x:c>
       <x:c r="G151" s="5" t="n">
-        <x:v>128019.6</x:v>
+        <x:v>127935.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A152" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B152" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C152" s="1" t="str">
         <x:v>Ares</x:v>
       </x:c>
       <x:c r="D152" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E152" s="4" t="n">
         <x:v>252.17</x:v>
       </x:c>
       <x:c r="F152" s="4" t="n">
         <x:v>710.27</x:v>
       </x:c>
       <x:c r="G152" s="5" t="n">
         <x:v>965.7</x:v>
       </x:c>
     </x:row>
@@ -9149,60 +9149,60 @@
       </x:c>
       <x:c r="D160" s="3" t="n">
         <x:v>61</x:v>
       </x:c>
       <x:c r="E160" s="4" t="n">
         <x:v>1139.83</x:v>
       </x:c>
       <x:c r="F160" s="4" t="n">
         <x:v>3626.97</x:v>
       </x:c>
       <x:c r="G160" s="5" t="n">
         <x:v>4932.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A161" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B161" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C161" s="1" t="str">
         <x:v>Corcubión</x:v>
       </x:c>
       <x:c r="D161" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E161" s="4" t="n">
-        <x:v>192.11</x:v>
+        <x:v>207.58</x:v>
       </x:c>
       <x:c r="F161" s="4" t="n">
-        <x:v>936.08</x:v>
+        <x:v>1002.30</x:v>
       </x:c>
       <x:c r="G161" s="5" t="n">
-        <x:v>1272.9</x:v>
+        <x:v>1362.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A162" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B162" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C162" s="1" t="str">
         <x:v>Corme</x:v>
       </x:c>
       <x:c r="D162" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E162" s="4" t="n">
         <x:v>153.09</x:v>
       </x:c>
       <x:c r="F162" s="4" t="n">
         <x:v>777.25</x:v>
       </x:c>
       <x:c r="G162" s="5" t="n">
         <x:v>1056.9</x:v>
       </x:c>
     </x:row>
@@ -9313,126 +9313,126 @@
       </x:c>
       <x:c r="E167" s="4" t="n">
         <x:v>404.06</x:v>
       </x:c>
       <x:c r="F167" s="4" t="n">
         <x:v>2348.39</x:v>
       </x:c>
       <x:c r="G167" s="5" t="n">
         <x:v>3193.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A168" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B168" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C168" s="1" t="str">
         <x:v>La Coruña</x:v>
       </x:c>
       <x:c r="D168" s="3" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c r="E168" s="4" t="n">
-        <x:v>6921.23</x:v>
+        <x:v>6922.67</x:v>
       </x:c>
       <x:c r="F168" s="4" t="n">
-        <x:v>14142.12</x:v>
+        <x:v>14157.60</x:v>
       </x:c>
       <x:c r="G168" s="5" t="n">
-        <x:v>19228.7</x:v>
+        <x:v>19249.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A169" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B169" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C169" s="1" t="str">
         <x:v>La Puebla del Caramiñal</x:v>
       </x:c>
       <x:c r="D169" s="3" t="n">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E169" s="4" t="n">
-        <x:v>82.72</x:v>
+        <x:v>79.85</x:v>
       </x:c>
       <x:c r="F169" s="4" t="n">
-        <x:v>1210.94</x:v>
+        <x:v>1202.12</x:v>
       </x:c>
       <x:c r="G169" s="5" t="n">
-        <x:v>1646.9</x:v>
+        <x:v>1634.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A170" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B170" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C170" s="1" t="str">
         <x:v>Lage</x:v>
       </x:c>
       <x:c r="D170" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="E170" s="4" t="n">
         <x:v>531.50</x:v>
       </x:c>
       <x:c r="F170" s="4" t="n">
         <x:v>2306.47</x:v>
       </x:c>
       <x:c r="G170" s="5" t="n">
         <x:v>3136.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A171" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B171" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C171" s="1" t="str">
         <x:v>Lira-Carnota</x:v>
       </x:c>
       <x:c r="D171" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E171" s="4" t="n">
-        <x:v>101.71</x:v>
+        <x:v>100.29</x:v>
       </x:c>
       <x:c r="F171" s="4" t="n">
-        <x:v>731.23</x:v>
+        <x:v>701.82</x:v>
       </x:c>
       <x:c r="G171" s="5" t="n">
-        <x:v>994.4</x:v>
+        <x:v>954.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A172" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B172" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C172" s="1" t="str">
         <x:v>Lorbe</x:v>
       </x:c>
       <x:c r="D172" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E172" s="4" t="n">
         <x:v>101.06</x:v>
       </x:c>
       <x:c r="F172" s="4" t="n">
         <x:v>516.18</x:v>
       </x:c>
       <x:c r="G172" s="5" t="n">
         <x:v>702.0</x:v>
       </x:c>
     </x:row>
@@ -9494,129 +9494,129 @@
       </x:c>
       <x:c r="D175" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E175" s="4" t="n">
         <x:v>7.63</x:v>
       </x:c>
       <x:c r="F175" s="4" t="n">
         <x:v>65.37</x:v>
       </x:c>
       <x:c r="G175" s="5" t="n">
         <x:v>88.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A176" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B176" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C176" s="1" t="str">
         <x:v>Mugardos</x:v>
       </x:c>
       <x:c r="D176" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="E176" s="4" t="n">
-        <x:v>36.29</x:v>
+        <x:v>28.80</x:v>
       </x:c>
       <x:c r="F176" s="4" t="n">
-        <x:v>288.98</x:v>
+        <x:v>244.86</x:v>
       </x:c>
       <x:c r="G176" s="5" t="n">
-        <x:v>393.0</x:v>
+        <x:v>333.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A177" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B177" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C177" s="1" t="str">
         <x:v>Mugia</x:v>
       </x:c>
       <x:c r="D177" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="E177" s="4" t="n">
-        <x:v>705.66</x:v>
+        <x:v>704.57</x:v>
       </x:c>
       <x:c r="F177" s="4" t="n">
-        <x:v>2076.13</x:v>
+        <x:v>2039.37</x:v>
       </x:c>
       <x:c r="G177" s="5" t="n">
-        <x:v>2823.0</x:v>
+        <x:v>2773.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A178" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B178" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C178" s="1" t="str">
         <x:v>Muros</x:v>
       </x:c>
       <x:c r="D178" s="3" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E178" s="4" t="n">
         <x:v>869.54</x:v>
       </x:c>
       <x:c r="F178" s="4" t="n">
         <x:v>2760.30</x:v>
       </x:c>
       <x:c r="G178" s="5" t="n">
         <x:v>3753.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A179" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B179" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C179" s="1" t="str">
         <x:v>Noia</x:v>
       </x:c>
       <x:c r="D179" s="3" t="n">
-        <x:v>462</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="E179" s="4" t="n">
-        <x:v>653.63</x:v>
+        <x:v>651.61</x:v>
       </x:c>
       <x:c r="F179" s="4" t="n">
-        <x:v>7042.38</x:v>
+        <x:v>7031.35</x:v>
       </x:c>
       <x:c r="G179" s="5" t="n">
-        <x:v>9577.1</x:v>
+        <x:v>9562.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A180" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B180" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C180" s="1" t="str">
         <x:v>O Freixo</x:v>
       </x:c>
       <x:c r="D180" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E180" s="4" t="n">
         <x:v>3.24</x:v>
       </x:c>
       <x:c r="F180" s="4" t="n">
         <x:v>34.56</x:v>
       </x:c>
       <x:c r="G180" s="5" t="n">
         <x:v>47.0</x:v>
       </x:c>
     </x:row>
@@ -9655,60 +9655,60 @@
       </x:c>
       <x:c r="D182" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="E182" s="4" t="n">
         <x:v>1535.36</x:v>
       </x:c>
       <x:c r="F182" s="4" t="n">
         <x:v>5510.50</x:v>
       </x:c>
       <x:c r="G182" s="5" t="n">
         <x:v>7492.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A183" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B183" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C183" s="1" t="str">
         <x:v>Puentedeume</x:v>
       </x:c>
       <x:c r="D183" s="3" t="n">
-        <x:v>22</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E183" s="4" t="n">
-        <x:v>168.76</x:v>
+        <x:v>160.78</x:v>
       </x:c>
       <x:c r="F183" s="4" t="n">
-        <x:v>678.17</x:v>
+        <x:v>656.07</x:v>
       </x:c>
       <x:c r="G183" s="5" t="n">
-        <x:v>922.1</x:v>
+        <x:v>892.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A184" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B184" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C184" s="1" t="str">
         <x:v>Puerto del Son</x:v>
       </x:c>
       <x:c r="D184" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E184" s="4" t="n">
         <x:v>324.92</x:v>
       </x:c>
       <x:c r="F184" s="4" t="n">
         <x:v>1430.16</x:v>
       </x:c>
       <x:c r="G184" s="5" t="n">
         <x:v>1944.8</x:v>
       </x:c>
     </x:row>
@@ -9747,60 +9747,60 @@
       </x:c>
       <x:c r="D186" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="E186" s="4" t="n">
         <x:v>305.31</x:v>
       </x:c>
       <x:c r="F186" s="4" t="n">
         <x:v>1416.18</x:v>
       </x:c>
       <x:c r="G186" s="5" t="n">
         <x:v>1925.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A187" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B187" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C187" s="1" t="str">
         <x:v>Santa Eugenia de Riveira</x:v>
       </x:c>
       <x:c r="D187" s="3" t="n">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E187" s="4" t="n">
-        <x:v>10711.37</x:v>
+        <x:v>10714.24</x:v>
       </x:c>
       <x:c r="F187" s="4" t="n">
-        <x:v>22138.07</x:v>
+        <x:v>22146.89</x:v>
       </x:c>
       <x:c r="G187" s="5" t="n">
-        <x:v>30100.7</x:v>
+        <x:v>30112.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A188" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B188" s="1" t="str">
         <x:v>LUGO</x:v>
       </x:c>
       <x:c r="C188" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D188" s="3" t="n">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E188" s="4" t="n">
         <x:v>24735.25</x:v>
       </x:c>
       <x:c r="F188" s="4" t="n">
         <x:v>41317.29</x:v>
       </x:c>
       <x:c r="G188" s="5" t="n">
         <x:v>56176.8</x:v>
       </x:c>
     </x:row>
@@ -9957,57 +9957,57 @@
       </x:c>
       <x:c r="E195" s="4" t="n">
         <x:v>61.37</x:v>
       </x:c>
       <x:c r="F195" s="4" t="n">
         <x:v>273.53</x:v>
       </x:c>
       <x:c r="G195" s="5" t="n">
         <x:v>371.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A196" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B196" s="1" t="str">
         <x:v>PONTEVEDRA</x:v>
       </x:c>
       <x:c r="C196" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D196" s="3" t="n">
         <x:v>1823</x:v>
       </x:c>
       <x:c r="E196" s="4" t="n">
-        <x:v>76921.07</x:v>
+        <x:v>76924.65</x:v>
       </x:c>
       <x:c r="F196" s="4" t="n">
-        <x:v>135425.83</x:v>
+        <x:v>135429.43</x:v>
       </x:c>
       <x:c r="G196" s="5" t="n">
-        <x:v>184140.5</x:v>
+        <x:v>184145.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A197" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B197" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C197" s="1" t="str">
         <x:v>Aldan-Hio</x:v>
       </x:c>
       <x:c r="D197" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E197" s="4" t="n">
         <x:v>58.73</x:v>
       </x:c>
       <x:c r="F197" s="4" t="n">
         <x:v>537.16</x:v>
       </x:c>
       <x:c r="G197" s="5" t="n">
         <x:v>730.5</x:v>
       </x:c>
     </x:row>
@@ -10023,152 +10023,152 @@
       </x:c>
       <x:c r="D198" s="3" t="n">
         <x:v>60</x:v>
       </x:c>
       <x:c r="E198" s="4" t="n">
         <x:v>55.78</x:v>
       </x:c>
       <x:c r="F198" s="4" t="n">
         <x:v>1007.27</x:v>
       </x:c>
       <x:c r="G198" s="5" t="n">
         <x:v>1369.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A199" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B199" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C199" s="1" t="str">
         <x:v>Bayona</x:v>
       </x:c>
       <x:c r="D199" s="3" t="n">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E199" s="4" t="n">
-        <x:v>184.82</x:v>
+        <x:v>186.32</x:v>
       </x:c>
       <x:c r="F199" s="4" t="n">
-        <x:v>1793.61</x:v>
+        <x:v>1811.99</x:v>
       </x:c>
       <x:c r="G199" s="5" t="n">
-        <x:v>2439.1</x:v>
+        <x:v>2464.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A200" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B200" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C200" s="1" t="str">
         <x:v>Bueu</x:v>
       </x:c>
       <x:c r="D200" s="3" t="n">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E200" s="4" t="n">
         <x:v>585.62</x:v>
       </x:c>
       <x:c r="F200" s="4" t="n">
         <x:v>3916.47</x:v>
       </x:c>
       <x:c r="G200" s="5" t="n">
         <x:v>5326.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A201" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B201" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C201" s="1" t="str">
         <x:v>Cambados</x:v>
       </x:c>
       <x:c r="D201" s="3" t="n">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E201" s="4" t="n">
-        <x:v>1090.90</x:v>
+        <x:v>1089.80</x:v>
       </x:c>
       <x:c r="F201" s="4" t="n">
-        <x:v>6498.47</x:v>
+        <x:v>6494.79</x:v>
       </x:c>
       <x:c r="G201" s="5" t="n">
-        <x:v>8837.4</x:v>
+        <x:v>8832.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A202" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B202" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C202" s="1" t="str">
         <x:v>Campelo</x:v>
       </x:c>
       <x:c r="D202" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E202" s="4" t="n">
         <x:v>35.47</x:v>
       </x:c>
       <x:c r="F202" s="4" t="n">
         <x:v>500.63</x:v>
       </x:c>
       <x:c r="G202" s="5" t="n">
         <x:v>680.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A203" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B203" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C203" s="1" t="str">
         <x:v>Cangas</x:v>
       </x:c>
       <x:c r="D203" s="3" t="n">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E203" s="4" t="n">
-        <x:v>6088.75</x:v>
+        <x:v>6092.37</x:v>
       </x:c>
       <x:c r="F203" s="4" t="n">
-        <x:v>10238.00</x:v>
+        <x:v>10289.47</x:v>
       </x:c>
       <x:c r="G203" s="5" t="n">
-        <x:v>13920.9</x:v>
+        <x:v>13990.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A204" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B204" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C204" s="1" t="str">
         <x:v>Carril</x:v>
       </x:c>
       <x:c r="D204" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="E204" s="4" t="n">
         <x:v>57.53</x:v>
       </x:c>
       <x:c r="F204" s="4" t="n">
         <x:v>770.66</x:v>
       </x:c>
       <x:c r="G204" s="5" t="n">
         <x:v>1048.1</x:v>
       </x:c>
     </x:row>
@@ -10184,60 +10184,60 @@
       </x:c>
       <x:c r="D205" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="E205" s="4" t="n">
         <x:v>109.00</x:v>
       </x:c>
       <x:c r="F205" s="4" t="n">
         <x:v>1164.98</x:v>
       </x:c>
       <x:c r="G205" s="5" t="n">
         <x:v>1584.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A206" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B206" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C206" s="1" t="str">
         <x:v>El Grove</x:v>
       </x:c>
       <x:c r="D206" s="3" t="n">
-        <x:v>145</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="E206" s="4" t="n">
-        <x:v>565.24</x:v>
+        <x:v>563.45</x:v>
       </x:c>
       <x:c r="F206" s="4" t="n">
-        <x:v>4013.91</x:v>
+        <x:v>3962.44</x:v>
       </x:c>
       <x:c r="G206" s="5" t="n">
-        <x:v>5458.6</x:v>
+        <x:v>5388.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A207" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B207" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C207" s="1" t="str">
         <x:v>Isla de Arosa</x:v>
       </x:c>
       <x:c r="D207" s="3" t="n">
         <x:v>378</x:v>
       </x:c>
       <x:c r="E207" s="4" t="n">
         <x:v>442.30</x:v>
       </x:c>
       <x:c r="F207" s="4" t="n">
         <x:v>6612.98</x:v>
       </x:c>
       <x:c r="G207" s="5" t="n">
         <x:v>8993.6</x:v>
       </x:c>
     </x:row>
@@ -10368,60 +10368,60 @@
       </x:c>
       <x:c r="D213" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E213" s="4" t="n">
         <x:v>4.42</x:v>
       </x:c>
       <x:c r="F213" s="4" t="n">
         <x:v>17.65</x:v>
       </x:c>
       <x:c r="G213" s="5" t="n">
         <x:v>24.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A214" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B214" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C214" s="1" t="str">
         <x:v>Pontevedra</x:v>
       </x:c>
       <x:c r="D214" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E214" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="F214" s="4" t="n">
-        <x:v>22.06</x:v>
+        <x:v>29.34</x:v>
       </x:c>
       <x:c r="G214" s="5" t="n">
-        <x:v>30.0</x:v>
+        <x:v>39.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A215" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B215" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C215" s="1" t="str">
         <x:v>Portonovo</x:v>
       </x:c>
       <x:c r="D215" s="3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="E215" s="4" t="n">
         <x:v>341.47</x:v>
       </x:c>
       <x:c r="F215" s="4" t="n">
         <x:v>1599.98</x:v>
       </x:c>
       <x:c r="G215" s="5" t="n">
         <x:v>2175.8</x:v>
       </x:c>
     </x:row>
@@ -10437,60 +10437,60 @@
       </x:c>
       <x:c r="D216" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E216" s="4" t="n">
         <x:v>7.24</x:v>
       </x:c>
       <x:c r="F216" s="4" t="n">
         <x:v>89.13</x:v>
       </x:c>
       <x:c r="G216" s="5" t="n">
         <x:v>121.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A217" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B217" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C217" s="1" t="str">
         <x:v>Redondela</x:v>
       </x:c>
       <x:c r="D217" s="3" t="n">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="E217" s="4" t="n">
-        <x:v>87.71</x:v>
+        <x:v>86.86</x:v>
       </x:c>
       <x:c r="F217" s="4" t="n">
-        <x:v>1232.16</x:v>
+        <x:v>1213.78</x:v>
       </x:c>
       <x:c r="G217" s="5" t="n">
-        <x:v>1675.7</x:v>
+        <x:v>1650.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A218" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B218" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C218" s="1" t="str">
         <x:v>Sanjenjo</x:v>
       </x:c>
       <x:c r="D218" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="E218" s="4" t="n">
         <x:v>34.52</x:v>
       </x:c>
       <x:c r="F218" s="4" t="n">
         <x:v>380.27</x:v>
       </x:c>
       <x:c r="G218" s="5" t="n">
         <x:v>517.2</x:v>
       </x:c>
     </x:row>
@@ -10601,103 +10601,103 @@
       </x:c>
       <x:c r="E223" s="4" t="n">
         <x:v>98.03</x:v>
       </x:c>
       <x:c r="F223" s="4" t="n">
         <x:v>1423.35</x:v>
       </x:c>
       <x:c r="G223" s="5" t="n">
         <x:v>1935.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A224" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
       <x:c r="B224" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C224" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D224" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E224" s="4" t="n">
-        <x:v>2582.50</x:v>
+        <x:v>2585.10</x:v>
       </x:c>
       <x:c r="F224" s="4" t="n">
-        <x:v>15783.26</x:v>
+        <x:v>15779.37</x:v>
       </x:c>
       <x:c r="G224" s="5" t="n">
-        <x:v>21462.5</x:v>
+        <x:v>21457.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A225" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B225" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
       <x:c r="C225" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D225" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="E225" s="4" t="n">
-        <x:v>2582.50</x:v>
+        <x:v>2585.10</x:v>
       </x:c>
       <x:c r="F225" s="4" t="n">
-        <x:v>15783.26</x:v>
+        <x:v>15779.37</x:v>
       </x:c>
       <x:c r="G225" s="5" t="n">
-        <x:v>21462.5</x:v>
+        <x:v>21457.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A226" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B226" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C226" s="1" t="str">
         <x:v>Alcudia</x:v>
       </x:c>
       <x:c r="D226" s="3" t="n">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E226" s="4" t="n">
-        <x:v>193.02</x:v>
+        <x:v>198.36</x:v>
       </x:c>
       <x:c r="F226" s="4" t="n">
-        <x:v>1608.57</x:v>
+        <x:v>1672.91</x:v>
       </x:c>
       <x:c r="G226" s="5" t="n">
-        <x:v>2187.4</x:v>
+        <x:v>2274.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A227" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B227" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C227" s="1" t="str">
         <x:v>Andraitx</x:v>
       </x:c>
       <x:c r="D227" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E227" s="4" t="n">
         <x:v>433.42</x:v>
       </x:c>
       <x:c r="F227" s="4" t="n">
         <x:v>1414.07</x:v>
       </x:c>
       <x:c r="G227" s="5" t="n">
         <x:v>1922.8</x:v>
       </x:c>
     </x:row>
@@ -10759,106 +10759,106 @@
       </x:c>
       <x:c r="D230" s="3" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E230" s="4" t="n">
         <x:v>74.24</x:v>
       </x:c>
       <x:c r="F230" s="4" t="n">
         <x:v>1013.01</x:v>
       </x:c>
       <x:c r="G230" s="5" t="n">
         <x:v>1377.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A231" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B231" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C231" s="1" t="str">
         <x:v>Formentera (Cala Savina)</x:v>
       </x:c>
       <x:c r="D231" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E231" s="4" t="n">
-        <x:v>187.79</x:v>
+        <x:v>189.81</x:v>
       </x:c>
       <x:c r="F231" s="4" t="n">
-        <x:v>984.43</x:v>
+        <x:v>998.55</x:v>
       </x:c>
       <x:c r="G231" s="5" t="n">
-        <x:v>1338.6</x:v>
+        <x:v>1357.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A232" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B232" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C232" s="1" t="str">
         <x:v>Fornells</x:v>
       </x:c>
       <x:c r="D232" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E232" s="4" t="n">
         <x:v>24.31</x:v>
       </x:c>
       <x:c r="F232" s="4" t="n">
         <x:v>361.45</x:v>
       </x:c>
       <x:c r="G232" s="5" t="n">
         <x:v>491.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A233" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B233" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C233" s="1" t="str">
         <x:v>Ibiza</x:v>
       </x:c>
       <x:c r="D233" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E233" s="4" t="n">
-        <x:v>194.22</x:v>
+        <x:v>189.46</x:v>
       </x:c>
       <x:c r="F233" s="4" t="n">
-        <x:v>1512.87</x:v>
+        <x:v>1430.52</x:v>
       </x:c>
       <x:c r="G233" s="5" t="n">
-        <x:v>2057.2</x:v>
+        <x:v>1945.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A234" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B234" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C234" s="1" t="str">
         <x:v>Mahón</x:v>
       </x:c>
       <x:c r="D234" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E234" s="4" t="n">
         <x:v>192.64</x:v>
       </x:c>
       <x:c r="F234" s="4" t="n">
         <x:v>1054.57</x:v>
       </x:c>
       <x:c r="G234" s="5" t="n">
         <x:v>1433.9</x:v>
       </x:c>
     </x:row>
@@ -11012,129 +11012,129 @@
       </x:c>
       <x:c r="D241" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E241" s="4" t="n">
         <x:v>165.64</x:v>
       </x:c>
       <x:c r="F241" s="4" t="n">
         <x:v>787.35</x:v>
       </x:c>
       <x:c r="G241" s="5" t="n">
         <x:v>1070.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A242" s="1" t="str">
         <x:v>PAÍS VASCO</x:v>
       </x:c>
       <x:c r="B242" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C242" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D242" s="3" t="n">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="E242" s="4" t="n">
-        <x:v>75654.67</x:v>
+        <x:v>75645.32</x:v>
       </x:c>
       <x:c r="F242" s="4" t="n">
-        <x:v>125115.32</x:v>
+        <x:v>125019.73</x:v>
       </x:c>
       <x:c r="G242" s="5" t="n">
-        <x:v>170110.3</x:v>
+        <x:v>169980.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A243" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B243" s="1" t="str">
         <x:v>BIZKAIA</x:v>
       </x:c>
       <x:c r="C243" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D243" s="3" t="n">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E243" s="4" t="n">
         <x:v>65459.28</x:v>
       </x:c>
       <x:c r="F243" s="4" t="n">
         <x:v>98487.85</x:v>
       </x:c>
       <x:c r="G243" s="5" t="n">
         <x:v>133906.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A244" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B244" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C244" s="1" t="str">
         <x:v>Armintza</x:v>
       </x:c>
       <x:c r="D244" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="E244" s="4" t="n">
-        <x:v>45.95</x:v>
+        <x:v>34.66</x:v>
       </x:c>
       <x:c r="F244" s="4" t="n">
-        <x:v>358.88</x:v>
+        <x:v>303.72</x:v>
       </x:c>
       <x:c r="G244" s="5" t="n">
-        <x:v>488.0</x:v>
+        <x:v>413.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A245" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B245" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C245" s="1" t="str">
         <x:v>Bermeo</x:v>
       </x:c>
       <x:c r="D245" s="3" t="n">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E245" s="4" t="n">
-        <x:v>59428.00</x:v>
+        <x:v>59439.29</x:v>
       </x:c>
       <x:c r="F245" s="4" t="n">
-        <x:v>87914.70</x:v>
+        <x:v>87969.86</x:v>
       </x:c>
       <x:c r="G245" s="5" t="n">
-        <x:v>119531.0</x:v>
+        <x:v>119606.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A246" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B246" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C246" s="1" t="str">
         <x:v>Bilbao</x:v>
       </x:c>
       <x:c r="D246" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E246" s="4" t="n">
         <x:v>1.55</x:v>
       </x:c>
       <x:c r="F246" s="4" t="n">
         <x:v>27.23</x:v>
       </x:c>
       <x:c r="G246" s="5" t="n">
         <x:v>37.0</x:v>
       </x:c>
     </x:row>
@@ -11242,60 +11242,60 @@
       </x:c>
       <x:c r="D251" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E251" s="4" t="n">
         <x:v>244.31</x:v>
       </x:c>
       <x:c r="F251" s="4" t="n">
         <x:v>873.00</x:v>
       </x:c>
       <x:c r="G251" s="5" t="n">
         <x:v>1187.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A252" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B252" s="1" t="str">
         <x:v>GIPUZKOA</x:v>
       </x:c>
       <x:c r="C252" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D252" s="3" t="n">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E252" s="4" t="n">
-        <x:v>10195.39</x:v>
+        <x:v>10186.04</x:v>
       </x:c>
       <x:c r="F252" s="4" t="n">
-        <x:v>26627.47</x:v>
+        <x:v>26531.88</x:v>
       </x:c>
       <x:c r="G252" s="5" t="n">
-        <x:v>36203.6</x:v>
+        <x:v>36073.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A253" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B253" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C253" s="1" t="str">
         <x:v>Fuenterrabia</x:v>
       </x:c>
       <x:c r="D253" s="3" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="E253" s="4" t="n">
         <x:v>3366.94</x:v>
       </x:c>
       <x:c r="F253" s="4" t="n">
         <x:v>9298.96</x:v>
       </x:c>
       <x:c r="G253" s="5" t="n">
         <x:v>12643.1</x:v>
       </x:c>
     </x:row>
@@ -11357,129 +11357,129 @@
       </x:c>
       <x:c r="D256" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E256" s="4" t="n">
         <x:v>547.21</x:v>
       </x:c>
       <x:c r="F256" s="4" t="n">
         <x:v>1944.83</x:v>
       </x:c>
       <x:c r="G256" s="5" t="n">
         <x:v>2644.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A257" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B257" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C257" s="1" t="str">
         <x:v>Pasajes</x:v>
       </x:c>
       <x:c r="D257" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="E257" s="4" t="n">
-        <x:v>2721.09</x:v>
+        <x:v>2711.74</x:v>
       </x:c>
       <x:c r="F257" s="4" t="n">
-        <x:v>6693.90</x:v>
+        <x:v>6598.31</x:v>
       </x:c>
       <x:c r="G257" s="5" t="n">
-        <x:v>9101.2</x:v>
+        <x:v>8971.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A258" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B258" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C258" s="1" t="str">
         <x:v>San Sebastián</x:v>
       </x:c>
       <x:c r="D258" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E258" s="4" t="n">
         <x:v>24.54</x:v>
       </x:c>
       <x:c r="F258" s="4" t="n">
         <x:v>176.55</x:v>
       </x:c>
       <x:c r="G258" s="5" t="n">
         <x:v>240.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A259" s="1" t="str">
         <x:v>PRINCIPADO DE ASTURIAS</x:v>
       </x:c>
       <x:c r="B259" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C259" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D259" s="3" t="n">
         <x:v>253</x:v>
       </x:c>
       <x:c r="E259" s="4" t="n">
-        <x:v>4494.85</x:v>
+        <x:v>4484.37</x:v>
       </x:c>
       <x:c r="F259" s="4" t="n">
-        <x:v>15125.14</x:v>
+        <x:v>15040.58</x:v>
       </x:c>
       <x:c r="G259" s="5" t="n">
-        <x:v>20567.1</x:v>
+        <x:v>20452.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A260" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B260" s="1" t="str">
         <x:v>ASTURIAS</x:v>
       </x:c>
       <x:c r="C260" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D260" s="3" t="n">
         <x:v>253</x:v>
       </x:c>
       <x:c r="E260" s="4" t="n">
-        <x:v>4494.85</x:v>
+        <x:v>4484.37</x:v>
       </x:c>
       <x:c r="F260" s="4" t="n">
-        <x:v>15125.14</x:v>
+        <x:v>15040.58</x:v>
       </x:c>
       <x:c r="G260" s="5" t="n">
-        <x:v>20567.1</x:v>
+        <x:v>20452.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A261" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B261" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C261" s="1" t="str">
         <x:v>Aviles</x:v>
       </x:c>
       <x:c r="D261" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E261" s="4" t="n">
         <x:v>1760.92</x:v>
       </x:c>
       <x:c r="F261" s="4" t="n">
         <x:v>3547.81</x:v>
       </x:c>
       <x:c r="G261" s="5" t="n">
         <x:v>4823.8</x:v>
       </x:c>
     </x:row>
@@ -11495,106 +11495,106 @@
       </x:c>
       <x:c r="D262" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E262" s="4" t="n">
         <x:v>10.22</x:v>
       </x:c>
       <x:c r="F262" s="4" t="n">
         <x:v>99.32</x:v>
       </x:c>
       <x:c r="G262" s="5" t="n">
         <x:v>135.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A263" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B263" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C263" s="1" t="str">
         <x:v>Bustio</x:v>
       </x:c>
       <x:c r="D263" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E263" s="4" t="n">
-        <x:v>124.08</x:v>
+        <x:v>112.50</x:v>
       </x:c>
       <x:c r="F263" s="4" t="n">
-        <x:v>673.48</x:v>
+        <x:v>585.24</x:v>
       </x:c>
       <x:c r="G263" s="5" t="n">
-        <x:v>915.8</x:v>
+        <x:v>795.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A264" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B264" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C264" s="1" t="str">
         <x:v>Candas</x:v>
       </x:c>
       <x:c r="D264" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E264" s="4" t="n">
         <x:v>40.50</x:v>
       </x:c>
       <x:c r="F264" s="4" t="n">
         <x:v>244.85</x:v>
       </x:c>
       <x:c r="G264" s="5" t="n">
         <x:v>333.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A265" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B265" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C265" s="1" t="str">
         <x:v>Cudillero</x:v>
       </x:c>
       <x:c r="D265" s="3" t="n">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="E265" s="4" t="n">
-        <x:v>284.77</x:v>
+        <x:v>272.77</x:v>
       </x:c>
       <x:c r="F265" s="4" t="n">
-        <x:v>1882.38</x:v>
+        <x:v>1805.17</x:v>
       </x:c>
       <x:c r="G265" s="5" t="n">
-        <x:v>2559.8</x:v>
+        <x:v>2454.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A266" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B266" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C266" s="1" t="str">
         <x:v>Figueras</x:v>
       </x:c>
       <x:c r="D266" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E266" s="4" t="n">
         <x:v>3.85</x:v>
       </x:c>
       <x:c r="F266" s="4" t="n">
         <x:v>50.73</x:v>
       </x:c>
       <x:c r="G266" s="5" t="n">
         <x:v>69.0</x:v>
       </x:c>
     </x:row>
@@ -11656,60 +11656,60 @@
       </x:c>
       <x:c r="D269" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E269" s="4" t="n">
         <x:v>77.28</x:v>
       </x:c>
       <x:c r="F269" s="4" t="n">
         <x:v>588.32</x:v>
       </x:c>
       <x:c r="G269" s="5" t="n">
         <x:v>800.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A270" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B270" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C270" s="1" t="str">
         <x:v>Luanco</x:v>
       </x:c>
       <x:c r="D270" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E270" s="4" t="n">
-        <x:v>439.73</x:v>
+        <x:v>451.73</x:v>
       </x:c>
       <x:c r="F270" s="4" t="n">
-        <x:v>1020.76</x:v>
+        <x:v>1097.97</x:v>
       </x:c>
       <x:c r="G270" s="5" t="n">
-        <x:v>1388.1</x:v>
+        <x:v>1493.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A271" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B271" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C271" s="1" t="str">
         <x:v>Luarca</x:v>
       </x:c>
       <x:c r="D271" s="3" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="E271" s="4" t="n">
         <x:v>540.71</x:v>
       </x:c>
       <x:c r="F271" s="4" t="n">
         <x:v>1536.49</x:v>
       </x:c>
       <x:c r="G271" s="5" t="n">
         <x:v>2089.3</x:v>
       </x:c>
     </x:row>
@@ -11863,60 +11863,60 @@
       </x:c>
       <x:c r="D278" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E278" s="4" t="n">
         <x:v>10.54</x:v>
       </x:c>
       <x:c r="F278" s="4" t="n">
         <x:v>94.13</x:v>
       </x:c>
       <x:c r="G278" s="5" t="n">
         <x:v>128.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A279" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B279" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C279" s="1" t="str">
         <x:v>Viavelez</x:v>
       </x:c>
       <x:c r="D279" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E279" s="4" t="n">
-        <x:v>22.49</x:v>
+        <x:v>23.59</x:v>
       </x:c>
       <x:c r="F279" s="4" t="n">
-        <x:v>223.53</x:v>
+        <x:v>227.21</x:v>
       </x:c>
       <x:c r="G279" s="5" t="n">
-        <x:v>304.0</x:v>
+        <x:v>309.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A280" s="1" t="str">
         <x:v>REGIÓN DE MURCIA</x:v>
       </x:c>
       <x:c r="B280" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C280" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D280" s="3" t="n">
         <x:v>186</x:v>
       </x:c>
       <x:c r="E280" s="4" t="n">
         <x:v>3613.91</x:v>
       </x:c>
       <x:c r="F280" s="4" t="n">
         <x:v>13257.83</x:v>
       </x:c>
       <x:c r="G280" s="5" t="n">
         <x:v>18027.1</x:v>
       </x:c>
     </x:row>
@@ -12024,884 +12024,884 @@
       </x:c>
       <x:c r="D285" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E285" s="4" t="n">
         <x:v>405.64</x:v>
       </x:c>
       <x:c r="F285" s="4" t="n">
         <x:v>2767.65</x:v>
       </x:c>
       <x:c r="G285" s="5" t="n">
         <x:v>3763.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A286" s="1" t="str">
         <x:v>TOTAL</x:v>
       </x:c>
       <x:c r="B286" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C286" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="D286" s="3" t="n">
-        <x:v>8324</x:v>
+        <x:v>8315</x:v>
       </x:c>
       <x:c r="E286" s="4" t="n">
-        <x:v>301135.38</x:v>
+        <x:v>300778.82</x:v>
       </x:c>
       <x:c r="F286" s="4" t="n">
-        <x:v>729778.65</x:v>
+        <x:v>728724.69</x:v>
       </x:c>
       <x:c r="G286" s="5" t="n">
-        <x:v>992285.1</x:v>
+        <x:v>990851.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
   </x:mergeCells>
   <x:pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:dimension ref="A1:E5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:selection activeCell="H18" sqref="H18:H19"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="26.85546875" customWidth="1"/>
     <x:col min="2" max="5" width="13.5703125" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="10" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/02/2026 06:27 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="10"/>
       <x:c r="C2" s="10"/>
       <x:c r="D2" s="10"/>
       <x:c r="E2" s="10"/>
     </x:row>
     <x:row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
         <x:v>CEUTA</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C5" s="4" t="n">
-        <x:v>44.20</x:v>
+        <x:v>35.09</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
-        <x:v>360.99</x:v>
+        <x:v>266.85</x:v>
       </x:c>
       <x:c r="E5" s="5" t="n">
-        <x:v>490.8</x:v>
+        <x:v>362.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A6" s="1" t="str">
         <x:v>GRANADA</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1007.17</x:v>
+        <x:v>1029.55</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>2832.94</x:v>
+        <x:v>2902.79</x:v>
       </x:c>
       <x:c r="E6" s="5" t="n">
-        <x:v>3852.0</x:v>
+        <x:v>3947.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v>VALENCIA/VALÈNCIA</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1538.76</x:v>
+        <x:v>1526.63</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6760.55</x:v>
+        <x:v>6716.43</x:v>
       </x:c>
       <x:c r="E7" s="5" t="n">
-        <x:v>9192.7</x:v>
+        <x:v>9132.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v>SANTA CRUZ DE TENERIFE</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2265.52</x:v>
+        <x:v>2245.56</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>11754.03</x:v>
+        <x:v>11647.38</x:v>
       </x:c>
       <x:c r="E8" s="5" t="n">
-        <x:v>15982.8</x:v>
+        <x:v>15837.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v>MÁLAGA</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3304.17</x:v>
+        <x:v>3285.70</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12830.63</x:v>
+        <x:v>12759.67</x:v>
       </x:c>
       <x:c r="E9" s="5" t="n">
-        <x:v>17446.7</x:v>
+        <x:v>17350.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A10" s="1" t="str">
         <x:v>MURCIA</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>3613.91</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>13257.83</x:v>
       </x:c>
       <x:c r="E10" s="5" t="n">
         <x:v>18027.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A11" s="1" t="str">
         <x:v>ASTURIAS</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>4494.85</x:v>
+        <x:v>4484.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>15125.14</x:v>
+        <x:v>15040.58</x:v>
       </x:c>
       <x:c r="E11" s="5" t="n">
-        <x:v>20567.1</x:v>
+        <x:v>20452.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A12" s="1" t="str">
         <x:v>BARCELONA</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3574.32</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>15708.85</x:v>
       </x:c>
       <x:c r="E12" s="5" t="n">
         <x:v>21359.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A13" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2582.50</x:v>
+        <x:v>2585.10</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>15783.26</x:v>
+        <x:v>15779.37</x:v>
       </x:c>
       <x:c r="E13" s="5" t="n">
-        <x:v>21462.5</x:v>
+        <x:v>21457.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A14" s="1" t="str">
         <x:v>CANTABRIA</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>6545.67</x:v>
+        <x:v>6545.33</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>17113.08</x:v>
       </x:c>
       <x:c r="E14" s="5" t="n">
         <x:v>23268.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A15" s="1" t="str">
         <x:v>ALMERÍA</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>6054.93</x:v>
+        <x:v>6061.36</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>18281.65</x:v>
+        <x:v>18213.26</x:v>
       </x:c>
       <x:c r="E15" s="5" t="n">
-        <x:v>24858.2</x:v>
+        <x:v>24765.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A16" s="1" t="str">
         <x:v>CASTELLÓN/CASTELLÓ</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5306.88</x:v>
+        <x:v>5113.55</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>19489.66</x:v>
+        <x:v>18963.93</x:v>
       </x:c>
       <x:c r="E16" s="5" t="n">
-        <x:v>26500.3</x:v>
+        <x:v>25785.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A17" s="1" t="str">
         <x:v>GIRONA</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>185</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5190.18</x:v>
+        <x:v>5162.46</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>22679.39</x:v>
+        <x:v>22545.20</x:v>
       </x:c>
       <x:c r="E17" s="5" t="n">
-        <x:v>30836.9</x:v>
+        <x:v>30654.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A18" s="1" t="str">
         <x:v>CÁDIZ</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>5100.65</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>24239.36</x:v>
       </x:c>
       <x:c r="E18" s="5" t="n">
         <x:v>32960.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A19" s="1" t="str">
         <x:v>GIPUZKOA</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>10195.39</x:v>
+        <x:v>10186.04</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>26627.47</x:v>
+        <x:v>26531.88</x:v>
       </x:c>
       <x:c r="E19" s="5" t="n">
-        <x:v>36203.6</x:v>
+        <x:v>36073.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A20" s="1" t="str">
         <x:v>LAS PALMAS</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>14906.51</x:v>
+        <x:v>14741.70</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>30937.96</x:v>
+        <x:v>30757.85</x:v>
       </x:c>
       <x:c r="E20" s="5" t="n">
-        <x:v>42066.9</x:v>
+        <x:v>41822.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A21" s="1" t="str">
         <x:v>TARRAGONA</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>248</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>6410.03</x:v>
+        <x:v>6399.72</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>31217.01</x:v>
+        <x:v>31151.56</x:v>
       </x:c>
       <x:c r="E21" s="5" t="n">
-        <x:v>42445.5</x:v>
+        <x:v>42356.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A22" s="1" t="str">
         <x:v>ALICANTE/ALACANT</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>9871.49</x:v>
+        <x:v>9959.04</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>32470.73</x:v>
+        <x:v>32878.82</x:v>
       </x:c>
       <x:c r="E22" s="5" t="n">
-        <x:v>44149.6</x:v>
+        <x:v>44704.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A23" s="1" t="str">
         <x:v>LUGO</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>24735.25</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>41317.29</x:v>
       </x:c>
       <x:c r="E23" s="5" t="n">
         <x:v>56176.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A24" s="1" t="str">
         <x:v>HUELVA</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>13032.76</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>42929.80</x:v>
       </x:c>
       <x:c r="E24" s="5" t="n">
         <x:v>58371.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A25" s="1" t="str">
         <x:v>A CORUÑA</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>2140</x:v>
+        <x:v>2137</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>28979.89</x:v>
+        <x:v>28976.80</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>94147.35</x:v>
+        <x:v>94085.63</x:v>
       </x:c>
       <x:c r="E25" s="5" t="n">
-        <x:v>128019.6</x:v>
+        <x:v>127935.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A26" s="1" t="str">
         <x:v>BIZKAIA</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>65459.28</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>98487.85</x:v>
       </x:c>
       <x:c r="E26" s="5" t="n">
         <x:v>133906.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A27" s="1" t="str">
         <x:v>PONTEVEDRA</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>1823</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>76921.07</x:v>
+        <x:v>76924.65</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>135425.83</x:v>
+        <x:v>135429.43</x:v>
       </x:c>
       <x:c r="E27" s="5" t="n">
-        <x:v>184140.5</x:v>
+        <x:v>184145.4</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
     <x:mergeCell ref="A2:E2"/>
   </x:mergeCells>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:dimension ref="A1:E5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:selection activeCell="I8" sqref="I8"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="26.140625" customWidth="1"/>
     <x:col min="2" max="5" width="14.140625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="10" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/02/2026 06:27 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="10"/>
       <x:c r="C2" s="10"/>
       <x:c r="D2" s="10"/>
       <x:c r="E2" s="10"/>
     </x:row>
     <x:row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
         <x:v>CEUTA</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C5" s="4" t="n">
-        <x:v>44.20</x:v>
+        <x:v>35.09</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
-        <x:v>360.99</x:v>
+        <x:v>266.85</x:v>
       </x:c>
       <x:c r="E5" s="5" t="n">
-        <x:v>490.8</x:v>
+        <x:v>362.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A6" s="1" t="str">
         <x:v>REGIÓN DE MURCIA</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>3613.91</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>13257.83</x:v>
       </x:c>
       <x:c r="E6" s="5" t="n">
         <x:v>18027.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v>PRINCIPADO DE ASTURIAS</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4494.85</x:v>
+        <x:v>4484.37</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>15125.14</x:v>
+        <x:v>15040.58</x:v>
       </x:c>
       <x:c r="E7" s="5" t="n">
-        <x:v>20567.1</x:v>
+        <x:v>20452.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2582.50</x:v>
+        <x:v>2585.10</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>15783.26</x:v>
+        <x:v>15779.37</x:v>
       </x:c>
       <x:c r="E8" s="5" t="n">
-        <x:v>21462.5</x:v>
+        <x:v>21457.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v>CANTABRIA</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6545.67</x:v>
+        <x:v>6545.33</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>17113.08</x:v>
       </x:c>
       <x:c r="E9" s="5" t="n">
         <x:v>23268.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A10" s="1" t="str">
         <x:v>CANARIAS</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>710</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17172.03</x:v>
+        <x:v>16987.26</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>42691.99</x:v>
+        <x:v>42405.23</x:v>
       </x:c>
       <x:c r="E10" s="5" t="n">
-        <x:v>58049.7</x:v>
+        <x:v>57659.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A11" s="1" t="str">
         <x:v>COMUNITAT VALENCIANA</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>16717.13</x:v>
+        <x:v>16599.22</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>58720.94</x:v>
+        <x:v>58559.18</x:v>
       </x:c>
       <x:c r="E11" s="5" t="n">
-        <x:v>79842.6</x:v>
+        <x:v>79622.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A12" s="1" t="str">
         <x:v>CATALUÑA</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>577</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>15174.53</x:v>
+        <x:v>15136.50</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>69605.25</x:v>
+        <x:v>69405.61</x:v>
       </x:c>
       <x:c r="E12" s="5" t="n">
-        <x:v>94641.6</x:v>
+        <x:v>94370.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A13" s="1" t="str">
         <x:v>ANDALUCÍA</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28499.68</x:v>
+        <x:v>28510.02</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>101114.38</x:v>
+        <x:v>101044.88</x:v>
       </x:c>
       <x:c r="E13" s="5" t="n">
-        <x:v>137488.4</x:v>
+        <x:v>137393.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A14" s="1" t="str">
         <x:v>PAÍS VASCO</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>75654.67</x:v>
+        <x:v>75645.32</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>125115.32</x:v>
+        <x:v>125019.73</x:v>
       </x:c>
       <x:c r="E14" s="5" t="n">
-        <x:v>170110.3</x:v>
+        <x:v>169980.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A15" s="1" t="str">
         <x:v>GALICIA</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>4125</x:v>
+        <x:v>4122</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>130636.21</x:v>
+        <x:v>130636.70</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>270890.47</x:v>
+        <x:v>270832.35</x:v>
       </x:c>
       <x:c r="E15" s="5" t="n">
-        <x:v>368336.9</x:v>
+        <x:v>368257.8</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A2:E2"/>
     <x:mergeCell ref="A1:E1"/>
   </x:mergeCells>
   <x:pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:pageSetUpPr fitToPage="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:F5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:selection sqref="A1:F1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="25.7109375" customWidth="1"/>
     <x:col min="2" max="2" width="83.140625" customWidth="1"/>
     <x:col min="3" max="6" width="16" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:6" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
       <x:c r="F1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="9" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/02/2026 06:27 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="9"/>
       <x:c r="C2" s="9"/>
       <x:c r="D2" s="9"/>
       <x:c r="E2" s="9"/>
       <x:c r="F2" s="9"/>
     </x:row>
     <x:row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
         <x:v>ANDALUCÍA</x:v>
       </x:c>
       <x:c r="B5" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="D5" s="4" t="n">
-        <x:v>28499.68</x:v>
+        <x:v>28510.02</x:v>
       </x:c>
       <x:c r="E5" s="4" t="n">
-        <x:v>101114.38</x:v>
+        <x:v>101044.88</x:v>
       </x:c>
       <x:c r="F5" s="5" t="n">
-        <x:v>137488.4</x:v>
+        <x:v>137393.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A6" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B6" s="1" t="str">
         <x:v>ARRASTRE DE FONDO  EN EL GOLFO DE CADIZ</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>5420.07</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>19829.69</x:v>
       </x:c>
       <x:c r="F6" s="5" t="n">
         <x:v>26961.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B7" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>6093.08</x:v>
+        <x:v>6115.46</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>15473.04</x:v>
+        <x:v>15542.89</x:v>
       </x:c>
       <x:c r="F7" s="5" t="n">
-        <x:v>21038.9</x:v>
+        <x:v>21133.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B8" s="1" t="str">
         <x:v>ARRASTRE EN AGUAS DE PORTUGAL</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>563.77</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>1438.44</x:v>
       </x:c>
       <x:c r="F8" s="5" t="n">
         <x:v>1955.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v/>
@@ -12928,60 +12928,60 @@
       </x:c>
       <x:c r="B10" s="1" t="str">
         <x:v>ARTES MENORES  EN EL GOLFO DE CADIZ</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>531</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2880.89</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>18763.54</x:v>
       </x:c>
       <x:c r="F10" s="5" t="n">
         <x:v>25515.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A11" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B11" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>404</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1560.60</x:v>
+        <x:v>1548.56</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11806.29</x:v>
+        <x:v>11666.94</x:v>
       </x:c>
       <x:c r="F11" s="5" t="n">
-        <x:v>16055.1</x:v>
+        <x:v>15865.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A12" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B12" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>2110.08</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>4878.54</x:v>
       </x:c>
       <x:c r="F12" s="5" t="n">
         <x:v>6633.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A13" s="1" t="str">
         <x:v/>
@@ -13028,60 +13028,60 @@
       </x:c>
       <x:c r="B15" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>63.89</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>393.40</x:v>
       </x:c>
       <x:c r="F15" s="5" t="n">
         <x:v>535.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A16" s="1" t="str">
         <x:v>CANARIAS</x:v>
       </x:c>
       <x:c r="B16" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>710</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>17172.03</x:v>
+        <x:v>16987.26</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>42691.99</x:v>
+        <x:v>42405.23</x:v>
       </x:c>
       <x:c r="F16" s="5" t="n">
-        <x:v>58049.7</x:v>
+        <x:v>57659.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A17" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B17" s="1" t="str">
         <x:v>ARRASTRE EN AGUAS DE PORTUGAL</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>287.00</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>651.35</x:v>
       </x:c>
       <x:c r="F17" s="5" t="n">
         <x:v>885.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A18" s="1" t="str">
         <x:v/>
@@ -13111,97 +13111,97 @@
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>3271.40</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3395.91</x:v>
       </x:c>
       <x:c r="F19" s="5" t="n">
         <x:v>4617.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A20" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B20" s="1" t="str">
         <x:v>ARTES MENORES EN CANARIAS</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>631</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2078.17</x:v>
+        <x:v>2079.63</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>16953.52</x:v>
       </x:c>
       <x:c r="F20" s="5" t="n">
         <x:v>23054.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A21" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B21" s="1" t="str">
         <x:v>ATUNEROS CAÑEROS CANARIAS</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>3001.18</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>9309.61</x:v>
       </x:c>
       <x:c r="F21" s="5" t="n">
         <x:v>12658.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A22" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B22" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1216.23</x:v>
+        <x:v>1030.00</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1586.93</x:v>
+        <x:v>1300.17</x:v>
       </x:c>
       <x:c r="F22" s="5" t="n">
-        <x:v>2157.7</x:v>
+        <x:v>1767.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A23" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B23" s="1" t="str">
         <x:v>PALANGRE DE FONDO AGUAS INTERNACIONALES Y TERCEROS PAISES</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>69.34</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>360.34</x:v>
       </x:c>
       <x:c r="F23" s="5" t="n">
         <x:v>489.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A24" s="1" t="str">
         <x:v/>
@@ -13211,51 +13211,51 @@
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>17.87</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>95.59</x:v>
       </x:c>
       <x:c r="F24" s="5" t="n">
         <x:v>130.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A25" s="1" t="str">
         <x:v>CANTABRIA</x:v>
       </x:c>
       <x:c r="B25" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>126</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>6545.67</x:v>
+        <x:v>6545.33</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>17113.08</x:v>
       </x:c>
       <x:c r="F25" s="5" t="n">
         <x:v>23268.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A26" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B26" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
         <x:v>468.61</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>1253.24</x:v>
       </x:c>
       <x:c r="F26" s="5" t="n">
@@ -13271,51 +13271,51 @@
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>249.00</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>404.41</x:v>
       </x:c>
       <x:c r="F27" s="5" t="n">
         <x:v>549.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A28" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B28" s="1" t="str">
         <x:v>ARTES MENORES EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>697.84</x:v>
+        <x:v>697.50</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>3862.97</x:v>
       </x:c>
       <x:c r="F28" s="5" t="n">
         <x:v>5253.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A29" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B29" s="1" t="str">
         <x:v>CERCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>4268.88</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>9252.35</x:v>
       </x:c>
       <x:c r="F29" s="5" t="n">
@@ -13368,100 +13368,100 @@
       </x:c>
       <x:c r="B32" s="1" t="str">
         <x:v>VOLANTA EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C32" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>511.06</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>1040.43</x:v>
       </x:c>
       <x:c r="F32" s="5" t="n">
         <x:v>1414.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A33" s="1" t="str">
         <x:v>CATALUÑA</x:v>
       </x:c>
       <x:c r="B33" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>577</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>15174.53</x:v>
+        <x:v>15136.50</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>69605.25</x:v>
+        <x:v>69405.61</x:v>
       </x:c>
       <x:c r="F33" s="5" t="n">
-        <x:v>94641.6</x:v>
+        <x:v>94370.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A34" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B34" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>10521.90</x:v>
+        <x:v>10499.52</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>37156.77</x:v>
+        <x:v>37086.92</x:v>
       </x:c>
       <x:c r="F34" s="5" t="n">
-        <x:v>50521.4</x:v>
+        <x:v>50426.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A35" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B35" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>313</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1235.47</x:v>
+        <x:v>1225.16</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>11827.77</x:v>
+        <x:v>11762.32</x:v>
       </x:c>
       <x:c r="F35" s="5" t="n">
-        <x:v>16084.1</x:v>
+        <x:v>15995.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A36" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B36" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C36" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>304.62</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>1204.02</x:v>
       </x:c>
       <x:c r="F36" s="5" t="n">
         <x:v>1637.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A37" s="1" t="str">
         <x:v/>
@@ -13488,200 +13488,200 @@
       </x:c>
       <x:c r="B38" s="1" t="str">
         <x:v>CERCO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C38" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
         <x:v>2054.65</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>10988.10</x:v>
       </x:c>
       <x:c r="F38" s="5" t="n">
         <x:v>14939.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A39" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B39" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>123.13</x:v>
+        <x:v>117.79</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>965.59</x:v>
+        <x:v>901.25</x:v>
       </x:c>
       <x:c r="F39" s="5" t="n">
-        <x:v>1313.0</x:v>
+        <x:v>1225.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A40" s="1" t="str">
         <x:v>CEUTA</x:v>
       </x:c>
       <x:c r="B40" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C40" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>44.20</x:v>
+        <x:v>35.09</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>360.99</x:v>
+        <x:v>266.85</x:v>
       </x:c>
       <x:c r="F40" s="5" t="n">
-        <x:v>490.8</x:v>
+        <x:v>362.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A41" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B41" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>10.84</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>83.11</x:v>
       </x:c>
       <x:c r="F41" s="5" t="n">
         <x:v>113.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A42" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B42" s="1" t="str">
         <x:v>CERCO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C42" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>15.88</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>84.59</x:v>
       </x:c>
       <x:c r="F42" s="5" t="n">
         <x:v>115.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A43" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B43" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>17.48</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>193.29</x:v>
+        <x:v>99.15</x:v>
       </x:c>
       <x:c r="F43" s="5" t="n">
-        <x:v>262.8</x:v>
+        <x:v>134.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A44" s="1" t="str">
         <x:v>COMUNITAT VALENCIANA</x:v>
       </x:c>
       <x:c r="B44" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C44" s="3" t="n">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>16717.13</x:v>
+        <x:v>16599.22</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>58720.94</x:v>
+        <x:v>58559.18</x:v>
       </x:c>
       <x:c r="F44" s="5" t="n">
-        <x:v>79842.6</x:v>
+        <x:v>79622.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A45" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B45" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>193</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>13232.76</x:v>
+        <x:v>13097.23</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>40982.09</x:v>
+        <x:v>40624.00</x:v>
       </x:c>
       <x:c r="F45" s="5" t="n">
-        <x:v>55721.4</x:v>
+        <x:v>55234.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A46" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B46" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C46" s="3" t="n">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>1759.79</x:v>
+        <x:v>1777.41</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>11312.35</x:v>
+        <x:v>11508.68</x:v>
       </x:c>
       <x:c r="F46" s="5" t="n">
-        <x:v>15383.4</x:v>
+        <x:v>15650.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A47" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B47" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
         <x:v>53.71</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
         <x:v>255.90</x:v>
       </x:c>
       <x:c r="F47" s="5" t="n">
         <x:v>348.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A48" s="1" t="str">
         <x:v/>
@@ -13708,60 +13708,60 @@
       </x:c>
       <x:c r="B49" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>50.35</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
         <x:v>207.06</x:v>
       </x:c>
       <x:c r="F49" s="5" t="n">
         <x:v>281.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A50" s="1" t="str">
         <x:v>GALICIA</x:v>
       </x:c>
       <x:c r="B50" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C50" s="3" t="n">
-        <x:v>4125</x:v>
+        <x:v>4122</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>130636.21</x:v>
+        <x:v>130636.70</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>270890.47</x:v>
+        <x:v>270832.35</x:v>
       </x:c>
       <x:c r="F50" s="5" t="n">
-        <x:v>368336.9</x:v>
+        <x:v>368257.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A51" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B51" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>10989.79</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
         <x:v>23446.08</x:v>
       </x:c>
       <x:c r="F51" s="5" t="n">
         <x:v>31877.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A52" s="1" t="str">
         <x:v/>
@@ -13848,120 +13848,120 @@
       </x:c>
       <x:c r="B56" s="1" t="str">
         <x:v>ARTES FIJAS EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="C56" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>11457.44</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
         <x:v>18823.43</x:v>
       </x:c>
       <x:c r="F56" s="5" t="n">
         <x:v>25592.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A57" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B57" s="1" t="str">
         <x:v>ARTES MENORES EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>3682</x:v>
+        <x:v>3678</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>8620.41</x:v>
+        <x:v>8564.83</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>81344.19</x:v>
+        <x:v>81197.81</x:v>
       </x:c>
       <x:c r="F57" s="5" t="n">
-        <x:v>110624.4</x:v>
+        <x:v>110425.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A58" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B58" s="1" t="str">
         <x:v>ATUNEROS CERQUEROS CONGELADORES EN OCEANO ATLANTICO, INDICO Y PACIFICO</x:v>
       </x:c>
       <x:c r="C58" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>4058.00</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
         <x:v>6333.18</x:v>
       </x:c>
       <x:c r="F58" s="5" t="n">
         <x:v>8610.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A59" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B59" s="1" t="str">
         <x:v>BACALADEROS</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>6080.00</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
         <x:v>6250.00</x:v>
       </x:c>
       <x:c r="F59" s="5" t="n">
         <x:v>8497.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A60" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B60" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="C60" s="3" t="n">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>41052.69</x:v>
+        <x:v>41108.76</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>55950.12</x:v>
+        <x:v>56038.38</x:v>
       </x:c>
       <x:c r="F60" s="5" t="n">
-        <x:v>76071.0</x:v>
+        <x:v>76191.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A61" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B61" s="1" t="str">
         <x:v>CERCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>6766.28</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
         <x:v>23484.41</x:v>
       </x:c>
       <x:c r="F61" s="5" t="n">
         <x:v>31930.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A62" s="1" t="str">
         <x:v/>
@@ -14051,157 +14051,157 @@
       </x:c>
       <x:c r="C66" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
         <x:v>1321.55</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
         <x:v>3150.93</x:v>
       </x:c>
       <x:c r="F66" s="5" t="n">
         <x:v>4284.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A67" s="1" t="str">
         <x:v>ILLES BALEARS</x:v>
       </x:c>
       <x:c r="B67" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>2582.50</x:v>
+        <x:v>2585.10</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>15783.26</x:v>
+        <x:v>15779.37</x:v>
       </x:c>
       <x:c r="F67" s="5" t="n">
-        <x:v>21462.5</x:v>
+        <x:v>21457.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A68" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B68" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C68" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
         <x:v>1782.44</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
         <x:v>5443.74</x:v>
       </x:c>
       <x:c r="F68" s="5" t="n">
         <x:v>7401.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A69" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B69" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>260</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>688.60</x:v>
+        <x:v>685.86</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>9621.82</x:v>
+        <x:v>9553.59</x:v>
       </x:c>
       <x:c r="F69" s="5" t="n">
-        <x:v>13084.7</x:v>
+        <x:v>12991.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A70" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B70" s="1" t="str">
         <x:v>CERCO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C70" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
         <x:v>81.85</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
         <x:v>524.32</x:v>
       </x:c>
       <x:c r="F70" s="5" t="n">
         <x:v>713.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A71" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B71" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>29.61</x:v>
+        <x:v>34.95</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>193.38</x:v>
+        <x:v>257.72</x:v>
       </x:c>
       <x:c r="F71" s="5" t="n">
-        <x:v>263.0</x:v>
+        <x:v>350.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A72" s="1" t="str">
         <x:v>PAÍS VASCO</x:v>
       </x:c>
       <x:c r="B72" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C72" s="3" t="n">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>75654.67</x:v>
+        <x:v>75645.32</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>125115.32</x:v>
+        <x:v>125019.73</x:v>
       </x:c>
       <x:c r="F72" s="5" t="n">
-        <x:v>170110.3</x:v>
+        <x:v>169980.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A73" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B73" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
         <x:v>435.69</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
         <x:v>544.12</x:v>
       </x:c>
       <x:c r="F73" s="5" t="n">
         <x:v>739.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A74" s="1" t="str">
         <x:v/>
@@ -14228,60 +14228,60 @@
       </x:c>
       <x:c r="B75" s="1" t="str">
         <x:v>ARTES FIJAS EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
         <x:v>917.00</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
         <x:v>1470.58</x:v>
       </x:c>
       <x:c r="F75" s="5" t="n">
         <x:v>1999.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A76" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B76" s="1" t="str">
         <x:v>ARTES MENORES EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C76" s="3" t="n">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1043.58</x:v>
+        <x:v>1034.23</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>4744.17</x:v>
+        <x:v>4648.58</x:v>
       </x:c>
       <x:c r="F76" s="5" t="n">
-        <x:v>6450.7</x:v>
+        <x:v>6320.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A77" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B77" s="1" t="str">
         <x:v>ATUNEROS CERQUEROS CONGELADORES EN OCEANO ATLANTICO, INDICO Y PACIFICO</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
         <x:v>27864.00</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
         <x:v>41656.00</x:v>
       </x:c>
       <x:c r="F77" s="5" t="n">
         <x:v>56636.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A78" s="1" t="str">
         <x:v/>
@@ -14411,117 +14411,117 @@
       </x:c>
       <x:c r="C84" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
         <x:v>211.39</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
         <x:v>413.97</x:v>
       </x:c>
       <x:c r="F84" s="5" t="n">
         <x:v>562.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A85" s="1" t="str">
         <x:v>PRINCIPADO DE ASTURIAS</x:v>
       </x:c>
       <x:c r="B85" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>253</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>4494.85</x:v>
+        <x:v>4484.37</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>15125.14</x:v>
+        <x:v>15040.58</x:v>
       </x:c>
       <x:c r="F85" s="5" t="n">
-        <x:v>20567.1</x:v>
+        <x:v>20452.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A86" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B86" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C86" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
         <x:v>947.31</x:v>
       </x:c>
       <x:c r="E86" s="4" t="n">
         <x:v>1574.99</x:v>
       </x:c>
       <x:c r="F86" s="5" t="n">
         <x:v>2141.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A87" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B87" s="1" t="str">
         <x:v>ARTES FIJAS EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
         <x:v>817.00</x:v>
       </x:c>
       <x:c r="E87" s="4" t="n">
         <x:v>1117.65</x:v>
       </x:c>
       <x:c r="F87" s="5" t="n">
         <x:v>1519.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A88" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B88" s="1" t="str">
         <x:v>ARTES MENORES EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C88" s="3" t="n">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>979.34</x:v>
+        <x:v>980.44</x:v>
       </x:c>
       <x:c r="E88" s="4" t="n">
-        <x:v>7343.75</x:v>
+        <x:v>7347.43</x:v>
       </x:c>
       <x:c r="F88" s="5" t="n">
-        <x:v>9986.9</x:v>
+        <x:v>9991.9</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A89" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B89" s="1" t="str">
         <x:v>CERCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
         <x:v>295.82</x:v>
       </x:c>
       <x:c r="E89" s="4" t="n">
         <x:v>1120.63</x:v>
       </x:c>
       <x:c r="F89" s="5" t="n">
         <x:v>1523.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A90" s="1" t="str">
         <x:v/>
@@ -14548,80 +14548,80 @@
       </x:c>
       <x:c r="B91" s="1" t="str">
         <x:v>PALANGRE DE FONDO MENORES 100 TRB EN VIIIabde.</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
         <x:v>385.74</x:v>
       </x:c>
       <x:c r="E91" s="4" t="n">
         <x:v>844.12</x:v>
       </x:c>
       <x:c r="F91" s="5" t="n">
         <x:v>1147.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A92" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B92" s="1" t="str">
         <x:v>RASCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C92" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>50.22</x:v>
+        <x:v>27.22</x:v>
       </x:c>
       <x:c r="E92" s="4" t="n">
-        <x:v>209.56</x:v>
+        <x:v>102.94</x:v>
       </x:c>
       <x:c r="F92" s="5" t="n">
-        <x:v>285.0</x:v>
+        <x:v>140.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A93" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="B93" s="1" t="str">
         <x:v>VOLANTA EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>626.32</x:v>
+        <x:v>637.74</x:v>
       </x:c>
       <x:c r="E93" s="4" t="n">
-        <x:v>1352.66</x:v>
+        <x:v>1371.04</x:v>
       </x:c>
       <x:c r="F93" s="5" t="n">
-        <x:v>1839.3</x:v>
+        <x:v>1864.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A94" s="1" t="str">
         <x:v>REGIÓN DE MURCIA</x:v>
       </x:c>
       <x:c r="B94" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C94" s="3" t="n">
         <x:v>186</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
         <x:v>3613.91</x:v>
       </x:c>
       <x:c r="E94" s="4" t="n">
         <x:v>13257.83</x:v>
       </x:c>
       <x:c r="F94" s="5" t="n">
         <x:v>18027.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A95" s="1" t="str">
         <x:v/>
@@ -14708,101 +14708,101 @@
       </x:c>
       <x:c r="B99" s="1" t="str">
         <x:v>CERCO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
         <x:v>928.45</x:v>
       </x:c>
       <x:c r="E99" s="4" t="n">
         <x:v>3204.95</x:v>
       </x:c>
       <x:c r="F99" s="5" t="n">
         <x:v>4357.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A100" s="1" t="str">
         <x:v>TOTAL</x:v>
       </x:c>
       <x:c r="B100" s="1" t="str">
         <x:v/>
       </x:c>
       <x:c r="C100" s="3" t="n">
-        <x:v>8324</x:v>
+        <x:v>8315</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>301135.38</x:v>
+        <x:v>300778.82</x:v>
       </x:c>
       <x:c r="E100" s="4" t="n">
-        <x:v>729778.65</x:v>
+        <x:v>728724.69</x:v>
       </x:c>
       <x:c r="F100" s="5" t="n">
-        <x:v>992285.1</x:v>
+        <x:v>990851.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:F1"/>
     <x:mergeCell ref="A2:F2"/>
   </x:mergeCells>
   <x:pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" scale="57" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <x:sheetPr>
     <x:pageSetUpPr fitToPage="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:E5"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0">
       <x:selection sqref="A1:E1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <x:cols>
     <x:col min="1" max="1" width="77.85546875" customWidth="1"/>
     <x:col min="2" max="5" width="19.140625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <x:c r="A1" s="7" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B1" s="7"/>
       <x:c r="C1" s="7"/>
       <x:c r="D1" s="7"/>
       <x:c r="E1" s="7"/>
     </x:row>
     <x:row r="2" spans="1:5" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <x:c r="A2" s="9" t="str">
-        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (31/12/2025 00:39 UTC)</x:v>
+        <x:v>Se contabilizan únicamente buques activos y de lista 3ª en la fecha del informe (15/02/2026 06:27 UTC)</x:v>
       </x:c>
       <x:c r="B2" s="9"/>
       <x:c r="C2" s="9"/>
       <x:c r="D2" s="9"/>
       <x:c r="E2" s="9"/>
     </x:row>
     <x:row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <x:c r="A4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C4" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D4" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E4" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A5" s="1" t="str">
@@ -14821,60 +14821,60 @@
         <x:v>26961.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A6" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>12841.40</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
         <x:v>26818.43</x:v>
       </x:c>
       <x:c r="E6" s="5" t="n">
         <x:v>36462.6</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A7" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>560</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>32791.56</x:v>
+        <x:v>32656.03</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>101708.87</x:v>
+        <x:v>101350.78</x:v>
       </x:c>
       <x:c r="E7" s="5" t="n">
-        <x:v>138291.1</x:v>
+        <x:v>137804.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A8" s="1" t="str">
         <x:v>ARRASTRE DE FONDO EN ZONAS CIEM VB, VI,VII y VIIIabde.</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>8765.51</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>14943.73</x:v>
       </x:c>
       <x:c r="E8" s="5" t="n">
         <x:v>20317.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A9" s="1" t="str">
         <x:v>ARRASTRE EN AGUAS DE PORTUGAL</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>12</x:v>
@@ -14943,91 +14943,91 @@
     <x:row>
       <x:c r="A13" s="1" t="str">
         <x:v>ARTES MENORES  EN EL GOLFO DE CADIZ</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>2880.89</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>18763.54</x:v>
       </x:c>
       <x:c r="E13" s="5" t="n">
         <x:v>25515.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A14" s="1" t="str">
         <x:v>ARTES MENORES EN CANARIAS</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>631</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2078.17</x:v>
+        <x:v>2079.63</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>16953.52</x:v>
       </x:c>
       <x:c r="E14" s="5" t="n">
         <x:v>23054.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A15" s="1" t="str">
         <x:v>ARTES MENORES EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>4027</x:v>
+        <x:v>4023</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>11341.17</x:v>
+        <x:v>11277.00</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>97295.08</x:v>
+        <x:v>97056.79</x:v>
       </x:c>
       <x:c r="E15" s="5" t="n">
-        <x:v>132315.1</x:v>
+        <x:v>131991.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A16" s="1" t="str">
         <x:v>ARTES MENORES EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>1352</x:v>
+        <x:v>1351</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>5636.00</x:v>
+        <x:v>5628.53</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>48575.25</x:v>
+        <x:v>48498.55</x:v>
       </x:c>
       <x:c r="E16" s="5" t="n">
-        <x:v>66056.4</x:v>
+        <x:v>65952.1</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A17" s="1" t="str">
         <x:v>ATUNEROS CAÑEROS CANARIAS</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>3001.18</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>9309.61</x:v>
       </x:c>
       <x:c r="E17" s="5" t="n">
         <x:v>12658.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A18" s="1" t="str">
         <x:v>ATUNEROS CERQUEROS CONGELADORES EN OCEANO ATLANTICO, INDICO Y PACIFICO</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>14</x:v>
@@ -15062,57 +15062,57 @@
     <x:row>
       <x:c r="A20" s="1" t="str">
         <x:v>BACALADEROS</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>7882.00</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>9989.20</x:v>
       </x:c>
       <x:c r="E20" s="5" t="n">
         <x:v>13581.5</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A21" s="1" t="str">
         <x:v>CENSO UNIFICADO DE PALANGRE DE SUPERFICIE</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>45414.16</x:v>
+        <x:v>45284.00</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>65396.09</x:v>
+        <x:v>65197.59</x:v>
       </x:c>
       <x:c r="E21" s="5" t="n">
-        <x:v>88914.6</x:v>
+        <x:v>88644.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A22" s="1" t="str">
         <x:v>CERCO ATUN ROJO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1634.36</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>9848.30</x:v>
       </x:c>
       <x:c r="E22" s="5" t="n">
         <x:v>13390.0</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A23" s="1" t="str">
         <x:v>CERCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>230</x:v>
@@ -15178,128 +15178,128 @@
         <x:v>759.8</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A27" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>2564.18</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
         <x:v>7298.86</x:v>
       </x:c>
       <x:c r="E27" s="5" t="n">
         <x:v>9924.3</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A28" s="1" t="str">
         <x:v>PALANGRE DE FONDO EN EL MEDITERRANEO</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>284.46</x:v>
+        <x:v>275.35</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1952.72</x:v>
+        <x:v>1858.58</x:v>
       </x:c>
       <x:c r="E28" s="5" t="n">
-        <x:v>2655.4</x:v>
+        <x:v>2527.4</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A29" s="1" t="str">
         <x:v>PALANGRE DE FONDO MENORES 100 TRB EN VIIIabde.</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>515.16</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
         <x:v>1202.31</x:v>
       </x:c>
       <x:c r="E29" s="5" t="n">
         <x:v>1634.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A30" s="1" t="str">
         <x:v>RASCO EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>855.93</x:v>
+        <x:v>832.93</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2615.84</x:v>
+        <x:v>2509.22</x:v>
       </x:c>
       <x:c r="E30" s="5" t="n">
-        <x:v>3556.7</x:v>
+        <x:v>3411.7</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A31" s="1" t="str">
         <x:v>VOLANTA EN CANTABRICO NW</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2670.32</x:v>
+        <x:v>2681.74</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5957.99</x:v>
+        <x:v>5976.37</x:v>
       </x:c>
       <x:c r="E31" s="5" t="n">
-        <x:v>8101.2</x:v>
+        <x:v>8126.2</x:v>
       </x:c>
     </x:row>
     <x:row>
       <x:c r="A32" s="1" t="str">
         <x:v>TOTAL</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>8324</x:v>
+        <x:v>8315</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>301135.38</x:v>
+        <x:v>300778.82</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>729778.65</x:v>
+        <x:v>728724.69</x:v>
       </x:c>
       <x:c r="E32" s="5" t="n">
-        <x:v>992285.1</x:v>
+        <x:v>990851.9</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:E1"/>
     <x:mergeCell ref="A2:E2"/>
   </x:mergeCells>
   <x:pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <x:pageSetup paperSize="9" scale="64" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>